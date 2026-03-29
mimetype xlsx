--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,1179 +269,1035 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5944", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5944", " GERADOR GES 380; POT. 437,5 KVA; COM MÓDULO DEEP SEA; ANO: 2007; ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5943", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5943", " GERADOR GES 380; POT. 440 KVA; COM MÓDULO DEEP SEA; ANO: 2007; ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5946", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5946", " GERADOR GES 440; POT. 440 KVA; COM MÓDULO DEIF AGC-3; ANO: 2007; ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5948", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5948", " GERADOR GES 380; POT. 440 KVA; COM MÓDULO DEIF AGC-3; ANO: 2007; ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5945", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5945", " GERADOR MAQ-GERAL; POT. 400 KVA; COM MÓDULO DEIF CGC 400; ANO: 2001; ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5947", "009")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5947", " APROX. 1199 BALIZADORES DIVERSOS SENDO: 373 SEM USO E 826 SEMINOVOS.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5949", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5949", " APROX. 1938 PLUGS E TOMADAS DIVERSAS, 283 TOMADAS PAD MÓVEL MULT 2P   T 20A SEM USO, 704 TOMADAS PAD MÓVEL MULT 2P   T 20A COMPLETA SEMINOVOS; 114 TOMADAS PAD MÓVEL MULT 2P   T 20A C/ RABICHO 3X2,5 MM² SEMINOVOS.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5950", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5950", " APROX. 188 BLOCOS AUTÔNOMOS SEMINOVOS")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5952", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5952", " APROX. 477 REFLETORES 150 W SENDO: 289 SEM USO E 188 SEMINOVOS")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5954", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5954", " APROX. 2452 LÂMPADAS, DIFUSORES E SUPORTES SEMINOVOS, 342 DIFUSORES 16" SEM USO, 510 DIFUSORES 16" SEMINOVOS.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5951", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5951", " APROX. 1192 LÂMPADAS, DIFUSORES E ALOJAMENTOSALOJAMENTOS 22" SEMINOVOS, 72 DIFUSORES 22" SEM USO, 262 DIFUSORES 22" SEMINOVOS.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5953", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5953", " APROX. 730 QUADROS DE COMANDO DIVERSOS COMPLETOS 380V, 51 QUADROS 200X200X120 MM INCOMPLETOS 380V, 59 QUADROS 200X200X120 MM COMPLETOS 220V, 11 QUADROS 200X200X120 MM INCOMPLETOS 220V.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5955", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5955", " EXTENSÕES CABOS 3X2,5 MM² DIVERSAS SENDO DE 3, 6, 11 E 16 METROS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5956", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5956", " IVECO DAILY 7012 CC1. ANO: 2004")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5957", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5957", " Carreta carga seca com PORTA CONTAINER 20/40 PÉS. ANO 2001 Marca: NOMA  Modelo: GRADE BAIXA Placa: Final  3")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...142 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5961", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5961", " Carreta carga seca com PORTA CONTAINER 20/40 PÉS. ANO 1999 Marca: NOMA  Modelo: GRADE BAIXA Placa: Final  1")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5959", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5959", " Carreta carga seca com PORTA CONTAINER 20/40 PÉS. ANO 1999 Marca: RANDON  Modelo: PNEUMÁTICA Placa: Final  4")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5958", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5958", " Carreta carga seca com PORTA CONTAINER 20/40 PÉS. ANO 1999 Marca: RANDON  Modelo: PNEUMÁTICA Placa: Final  2")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5960", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5960", " Carreta carga seca com PORTA CONTAINER 20/40 PÉS. ANO 1999 Marca: RANDON  Modelo: PNEUMÁTICA Placa: Final  0")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5965", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5965", " Carreta carga seca com PORTA CONTAINER 20/40 PÉS. ANO 1994 Marca: RANDON  Modelo: EXTENSIVA Placa: Final  9")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5962", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5962", " Carreta carga seca com PORTA CONTAINER 20/40 PÉS. ANO 2002 Marca: GUERRA Modelo: GRADE BAIXA LS Placa: Final  0")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5966", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5966", " PORTA CONTAINER 20 PÉS. ANO 1995 Marca: RANDON  Modelo: BUG Placa: Final  0")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5967", "026")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5967", " PORTA CONTAINER 20 PÉS. ANO 1987 Marca: KRONE Modelo: BUG (EXTENSIVA) Placa: Final  1")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5963", "027")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5963", " Carreta carga seca. ANO 1989 Marca: RANDON  Modelo: GRADE BAIXA  Placa: Final  2")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...70 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5964", "028")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5964", " Carreta carga seca. ANO 2005 Marca: NOMA  Modelo: GRADE BAIXA  Placa: Final  1")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5968", "029")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5968", " Carreta carga seca. ANO 1997 Marca: NOMA  Modelo: GRADE BAIXA  Placa: Final  0")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5969", "030")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5969", " Carroceria Romeu p/ Truck. ANO 2005 Marca: GALEGO Modelo: CANAVIEIRA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5970", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/5970", " Carreta PRANCHA reta 2 eixos. ANO 1972 Marca: TRIVELLATO Modelo: PRANCHA Placa: Final  1")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...621 lines deleted...]
-      </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6034", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6034", " CENTRÍFUGA DESCONTÍNUA AUTOMÁTICA; MARCA: ZANINI. MODELO: FZ 650; ANO: 1975; DIMENSÃO DO CESTO: 1250 MM; ROTAÇÃO: 1800 RPM.  OBS.: DESMONTAGEM POR CONTA DO COMPRADOR. Com motores. Equipamento está separado individualmente. ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6037", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6037", " CENTRÍFUGA DESCONTÍNUA AUTOMÁTICA; MARCA: ZANINI.  MODELO: FZ 650; ANO: 1975; DIMENSÃO DO CESTO: 1250 MM; ROTAÇÃO: 1800 RPM.  OBS.: DESMONTAGEM POR CONTA DO COMPRADOR. Com motores. Equipamento está separado individualmente. ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6035", "034")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6035", " CENTRÍFUGA DESCONTÍNUA AUTOMÁTICA; MARCA: ZANINI. MODELO: FZ 650; ANO: 1975; DIMENSÃO DO CESTO: 1250 MM; ROTAÇÃO: 1800 RPM.  OBS.: DESMONTAGEM POR CONTA DO COMPRADOR. Com motores. Equipamento está separado individualmente. ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6033", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6033", " CENTRÍFUGA DESCONTÍNUA AUTOMÁTICA; MARCA: ZANINI. MODELO: FZ 650; ANO: 1975; DIMENSÃO DO CESTO: 1250 MM; ROTAÇÃO: 1800 RPM.  OBS.: DESMONTAGEM POR CONTA DO COMPRADOR. Com motores. Equipamento está separado individualmente. ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6038", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6038", " CENTRÍFUGA DESCONTÍNUA AUTOMÁTICA; MARCA: ZANINI. MODELO: FZ 650; ANO: 1975; DIMENSÃO DO CESTO: 1250 MM; ROTAÇÃO: 1800 RPM.  OBS.: DESMONTAGEM POR CONTA DO COMPRADOR. Com motores. Equipamento está separado individualmente. ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6036", "037")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6036", " CENTRÍFUGA DESCONTÍNUA AUTOMÁTICA; MARCA: ZANINI.; MODELO: FZ 650; ANO: 1975; DIMENSÃO DO CESTO: 1250 MM; ROTAÇÃO: 1800 RPM.  OBS.: DESMONTAGEM POR CONTA DO COMPRADOR. Com motores. Equipamento está separado individualmente. ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6039", "038")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6039", " CENTRÍFUGA DESCONTÍNUA AUTOMÁTICA; MARCA: ZANINI. MODELO: FZ 650; ANO: 1975; DIMENSÃO DO CESTO: 1250 MM; ROTAÇÃO: 1800 RPM.  OBS.: DESMONTAGEM POR CONTA DO COMPRADOR. Com motores. Equipamento está separado individualmente. ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>2000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6049", "039")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6049", "Concha Reformada Modelo CAT 375 com possibilidade de adaptação para CAT 374  preparada para Rocha . Dimensão: 2100 mm Largura – Máquina de 77 ton. Peso : 5200 kg Com Dentes K600, Caneleiras e reforços em Hardox 450.")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>