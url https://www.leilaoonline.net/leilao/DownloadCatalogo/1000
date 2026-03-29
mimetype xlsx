--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,987 +269,867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55681", "099")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55681", "GM/ CORSA WIND; 1997/1997; VERMELHA; GASOL - TURBO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55678", "100")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55678", "VW; GOL CL; 1989/1989; PRETO; CINZA; ALCOOL - TURBO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55423", "101")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55423", "MARCOPOLO/ VOLARE; 2001/2001; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55424", "102")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55424", "FIAT; DOBLO ADV 1.8; 2007/2007; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55680", "103")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55680", "ONIBUS; MARCOPOLO VOLARE;V6 ; ESC.; 2008/2009; AMARELA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>35.650,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55422", "104")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55422", "I; FORD FUSION; 2006/2007; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55616", "105")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55616", "I; AUDI A3 SPORTBACK 2.0T FSI; 2010/2011; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>26.850,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55679", "106")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55679", "veja o vídeo - VW; TOUAREG 3.6 V6; 2011/2011; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55425", "107")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55425", "VW; SANTANA; 2001/2001; BRANCA ALCOOL/GNV; FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55682", "108")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55682", "PEUGEOT; 208 GRIFFE; 2014/2015; PRATA; ALCO./GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55419", "109")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55419", "CHEVROLET; PRISMA 1.4L LT; 2012/2012; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55944", "110")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55944", "HONDA FIT EX CVT, 2016/2016, CINZA; ALCO./GAS - FUNCIONANDO - IPVA 2020 PAGO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55426", "111")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55426", "HYUNDAI / TUCSON GL 20l, 201082009 AUTOMÁTICO, GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>18.250,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55427", "112")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55427", "VW; KOMBI FURGÃO; 1992/1992; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55627", "115")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55627", "I; DODGE JOURNEY SXT; 2013/2014; PRATA; GASOLINA - BLINDADO - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55629", "116")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55629", "PEUGEOT; 207; PASSION XR S, 2011/2012, FLEX, AZUL - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55618", "118")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55618", "VW: GOL 1.0; 2003/2003; CINZA; GASOLINA; FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>6.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55626", "119")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55626", "I; JAC J3; 2010/2011; PRETA; GASOLINA; FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>11.200,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55937", "120")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55937", "CHEVROLET/ CLASSIC LS, 2010/2011, FLEX, PRATA - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>12.200,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55625", "124")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55625", "IMP; MMC SPCAE W GLXI; 1994/1995; VERMELHA, GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55619", "125")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55619", "HONDA; FIT LXL; 2003/2004; PRATA; GASOLINA - FUNCIONANDO - IPVA PAGO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>16.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55620", "128")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55620", "RENAULT CLIO AUT 10 16VH; 2006/2007; VERMELHA; ALCO/GASOL.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>10.150,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55621", "151")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55621", "VOLKSWAGEN; JETTA VARIANT; 2010/2010; PRETA; GASOLINA - FUNCIONANDO - BLINDADO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>20.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55623", "155")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55623", "GM; MONTANA CONQUEST; 2005/2005; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>10.900,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55615", "156")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55615", "I; MERCEDES BENZ ML 320 AB54; 2000/2000; GASOLINA; PRATA - IPVA 2020 PAGO - BLINDADO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>16.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55926", "212")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55926", "RENAULT SANDERO PRI 16; 2011/2012; PRETA; ALCO/GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>13.300,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55934", "403")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55934", "BUGGY SWELL Motor Honda 5.5 C/ RÉ, FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55617", "405")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55617", "JOGO DE RODAS DE LIGA COM PNEUS 195 X 55 X 16")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55624", "406")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55624", "JG DE RODAS ARO 16 COM PNEUS 205 55 16")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55628", "407")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55628", "JG DE RODAS DE LIGA ARO 17")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>