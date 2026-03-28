--- v0 (2025-11-07)
+++ v1 (2026-03-28)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57135", "021")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57135", " Lote tubos de irrigação em alumínio 6” x 6m aproximad. 300 un ( QUANTIDADE ALTERADA) ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>42.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57122", "023")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57122", " Sucata de equipamentos médico/odonto")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57118", "024")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57118", " Sucatas Diversas (carteiras, cadeiras, armários, etc)")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57139", "025")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57139", " Sucatas Equipamentos antigos(furadeira, serra, base c/motor)")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57124", "026")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57124", " Lote esquadrias de ferro (janelas)")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57123", "027")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57123", " Sucata Disjuntor a óleo tipo C-15C")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57127", "028")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57127", " Sucata transformador 220/127 225 KVA série D6798")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57126", "029")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57126", " Compactador de solo SP-75 Petrotec motor 4 tempos")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57120", "030")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57120", " Aerador submerso 1 unid hidrosul 20HP")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57119", "031")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57119", " Bombas anfíbias – 2 unid hidrosul 40 CV")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57129", "032")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57129", " Moto iros one 125 ES placa DKK 3263 ano 2012 cor preta chassi 96ZNE1125CM002623 renavan 00597029547")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57125", "033")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57125", " Lote revestimento cerâmicos 15x15 aproximad. 300M²")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57141", "034")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57141", " VW Santana 1.8 BFW 5241 cor vermelha ano 1996, gasolina chassi 9BWZZZ327TP007264 renavan 00655083995")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57130", "035")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57130", " LOTE ÚNICO COMPOSTO POR 6 VEÍCULOS - SUCATA - SEM DOCUMENTOS: Somente podem dar lances empresas cadastradas no DETRAN como desmanche. (01) = SUCATA GM/Kadett Ipanema BVZ 8691 chassi 9BGKA35BVVB430034 ano 1997 baixa detran nº 31.991/2017, **** (02) SUCATA VW Kombi BFW 5246 chassi 9BWZZZ23ZMP001637 a")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57142", "036")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57142", " Braço Retro Escavadeira (massey ferguson)")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57133", "037")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57133", " Sucata Motoniveladora Hubber Warco 140S ano 1980")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57137", "039")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57137", " VW Gol Special BNZ 5074 cor branca ano 2001/2002, gasolina chassi 9BWCA05Y72T046487 renavan 770758444")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57134", "040")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57134", " GM Kadett Ipanema BFW 5239 cor branca ano 1994/1995, gasolina chassi 9BGKA35GSRC309538 renavan 633015466")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57128", "041")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57128", " VW Kombi DBA 7308 cor branca ano 2005, gasolina chassi 9BWGB07X75P011609 renavan 859434141")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57121", "042")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57121", " VW Santana 2.0 DBA 7302 cor preta ano 2003, gasolina chassi 9BWAE03X63P013612 renavan 799347124")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57132", "043")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57132", " VW Bora CDV 0858 cor verde ano 2001, gasolina chassi 3VWRA49M61M176922 renavan 767838602")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57138", "044")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57138", " M.B. Ônibus OF 1620 BXJ 9947 cor branca ano 1996/1997, diesel, chassi 9BM384087TB105974 renavan 666447101")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57131", "045")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57131", " M.B. Ônibus Ciferal CZB 3911 cor turqueza ano 2000, diesel chassi 9BM384067YB231357 renavan 739861212")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57140", "046")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57140", " Trator 265-04 massey ferguson motor fundido série 2151048152 ano 1982")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57136", "047")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57136", " Betoneira (sucata) 600L Menegotti")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57143", "048")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57143", " Lote sucata ferrosa – aproximad. 3.000 kg ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.200,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>