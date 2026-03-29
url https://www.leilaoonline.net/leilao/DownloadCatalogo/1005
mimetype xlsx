--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1851 +269,1623 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55907", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55907", "ROLO COMPACTADOR - ALMEIDA (2 TONELADAS) ANO 1994")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55908", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55908", "ROLO COMPACTADOR - ALMEIDA (2 TONELADAS) ANO 1994")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55899", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55899", "GUINDASTE 4,3TM E3 - CR + CESTO AEREO; SERIE Y02C004304; POUCAS HORAS DE USO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56374", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56374", "PÁ CARREGADEIRA CARERPILAR 938G ANO 2000")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55891", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55891", "ESCAVADEIRA DE PNEUS POCLAIN - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>106</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>56.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56740", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56740", "TRATOR CBT 1105 COM PÁ CARREGADEIRA")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>12.050,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56741", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56741", "TRATOR COM CARREGADEIRA CASE 580 E")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>11.800,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56742", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56742", "COLHEITADEIRA MF 3640 ANO 1985 COM BOCA DE MILHO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55906", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55906", "TRATOR VALMET 85 ID ANO76")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>12.300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56412", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56412", "TRATOR BUKH, MOTOR FUNDIDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55889", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55889", "TRATOR VALMET 86 I.D ANO 1978 - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55900", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55900", " TRATOR JOHN DEERE 5078 E ANO 2011 - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>95</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56743", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56743", "TRATOR AGRALE 4100 - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56744", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56744", "TRATOR AGRÍCOLA VALMET 85ID ANO 1978")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>16.800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56745", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56745", "TRATOR VALMET 360 ANO 1964")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>7.300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57105", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57105", "veja video cique na 1ª foto - RETROESCAVADEIRA JCB 214 E, SÉRIE: 1791219, ANO 2012/2012 - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57146", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57146", "EMPILHADEIRA TOYOTA CAP. 2,5 TON - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57147", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57147", "EMPILHADEIRA CLARK 2,5 TON")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57148", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57148", "EMPILHADEIRA CLARK 7 TON GLP")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57149", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57149", "12 CAÇAMBAS ESTACIONARIAS PARA ENTULHO 4 M3 ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>13.150,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55909", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55909", "RIPER COMPLETO DO TRATOR DE ESTEIRA CARERPILAR D8")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.700,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56372", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56372", "VÁLVULA  araval, usada ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55898", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55898", "GRADE ARADORA 18 DISCOS CONTROLE PARA ABRIR/FECHAR")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55897", "026")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55897", "GRADE NIVELADORA 28 DISCOS MODELO EM X")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55896", "027")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55896", "GRADE NIVELADORA 28 DISCOS MODELO EM X")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55890", "028")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55890", "ENSILADEIRA MENTA SUPREMA; ANO 2013 COM CONTROLE")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>6.400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55877", "029")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55877", "TANQUE DE AGUA DE 5000 LTS. ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56376", "030")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56376", "PENEIRA VIBRATÓRIA SEM MOTOR DE 1.5X0.5 MTS; BANCADA DE ROLETES 2.6X0.65 MTS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56414", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56414", "TELAS REDUTORES MANDÍBULAS CUNHAS  COMPRESSORES e outros")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56416", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56416", "BRITADOR 80/20 marca plang")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56417", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56417", "PENEIRA de mineração. De 3 DC comprimento   5.40 largura  2 metros  C/ eixo FALTA ROLAMENTO E MOLAS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56415", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56415", "USINA DOSADORA COMPLETA  ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>160.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55901", "037")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55901", "35 ARMÁRIOS PARA EM AÇO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57145", "042")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57145", "GRADE ARADORA, 14 DISCOS, SEM CONTROLE")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56375", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56375", "APROX. 100 TUBOS DE IRRIGAÇÃO; 10 HIDRANTES; VÁLVULA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>7.150,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55895", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55895", "10 PISTÕES HIDRÁULICOS ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55894", "045")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55894", "10 MOTOREDUTORES DE DIVERSOS TAMANHOS MOTORES DE 3 A 5 CV")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55893", "046")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55893", "EQUIPAMENTOS E FERRAMENTAS DIVERSAS")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.350,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55892", "047")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55892", "BAÚ COM 3.30 M; COMP. COM 1M AVANÇO; 1. 80M ALT.; 1.70 M LARG . COM PORTA LATERAL")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55875", "048")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55875", "CARRETEL ENROLADOR")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55876", "049")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55876", "TURBINA K27 COM CAIXA QUENTE PULSATIVA - BOM ESTADO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55902", "050")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55902", "300 DORMENTES COM MEDIDAS APROXIMADAS DE 1,30M COMPRIMENTO 0,10 X 0,15M")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...15 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55903", "051")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55903", "350 DORMENTES COM MEDIDAS APROXIMADAS DE 1,30M COMPRIMENTO 0,10 X 0,15M")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>6.850,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55904", "052")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55904", "150 DORMENTES COM MEDIDAS APROXIMADAS DE 1,30M COMPRIMENTO 0,10 X 0,15M")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55905", "053")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55905", "115 DORMENTES COM MEDIDAS APROXIMADAS DE 1,30M COMPRIMENTO 0,20 X 0,25M")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55910", "054")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55910", "GERADOR DE ENERGIA 110/220 4KVA")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55888", "055")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55888", "GRUPO GERADOR MOTOREN WERKE 59 KVA, NO ESTADO, PATRIMÔNIO G20-23 - LOT 23")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55880", "057")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55880", " GRUPO GERADOR STEMAC 150 KVA, GERADOR WEG 220/380/440 VOLTS, MOTOR SCANIA 112, FUNCIONANDO - LOT 11")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55881", "058")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55881", " GRUPO GERADOR STEMAC 400 KVA, MOTOR CUMMINS NTA 855, REFORMADO, 0,10 BIG CAM, 380 VOLTS")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>79</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55879", "059")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55879", "GRUPO GERADOR STEMAC 408/450 KVA, MOTOR CUMMINS NTA 855 G3 , Nº 15 - LOT 124")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55883", "060")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55883", " GRUPO GERADOR POLIDIESEL 53 KVA, COM MOTOR PERKINS, FUNCIONANDO - LOT 05")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55882", "061")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55882", "GRUPO GERADOR PALMERO 1000KVA")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55884", "062")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55884", "GRUPO GERADOR LEON HEIMER 70 KVA, COM MOTOR PERKINS 4 CILINDROS, TURBINADO, FUNCIONANDO, PATRIMÔNIO G20-4 - LOT 4")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55885", "063")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55885", "GRUPO GERADOR STEMAC 400 KVA, MOTOR CUMMINS NTA 855 REFORMADO 0,10. 220 VOLTS NO ESTADO, PATRIMÔNIO G20-18 - LOT 18")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...115 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...89 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55886", "064")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55886", "GRUPO GERADOR HANS STILL 59 KVA, NO ESTADO, PATRIMÔNIO G20-20 - LOT 20")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...911 lines deleted...]
-      <c r="D50" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55887", "065")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55887", "GRUPO GERADOR CODIMA 60 KVA, NO ESTADO, PATRIMÔNIO G20-21 - LOT 21")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E50" s="5" t="inlineStr">
-[...510 lines deleted...]
-      </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55878", "067")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/55878", "GERADOR BD 6500 CFE BRANCO DIESEL 5.5KVA")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>