--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,4667 +269,4087 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57305", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57305", " Macaco jacaré para empilhadeira 4 toneladas   macaco jacaré 2 toneladas com maleta. Produtos sem uso.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57310", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57310", " 3 macacos hidraulico sendo 1 de 6 toneladas   1 de 12 toneladas   1 de 20 toneladas. Produtos sem uso.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57307", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57307", " 1 macaco jacaré 2 toneladas com maleta   1 par de cavalete 2 toneladas")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57309", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57309", " 1 chave pneumáticas 1 polegada profissional com 4 soquetes   1 macaco jacaré 2 toneladas com maleta   1 chave pneumática 1/2 polegada   1 par de cavalete capacidade 2 toneladas produtos sem uso   uma bicicleta antiga reliquia modelo monark brasiliana")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57331", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57331", " 1 macaco jacaré 2 toneladas com maleta   1 chave pneumatica 1/2 polegada ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57327", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57327", " 1 macaco jacaré 2 toneladas com maleta   1 chave pneumatica 1/2 polegada   1 calibrador  digital. Sem uso ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57332", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57332", " 1 calibrador digital    1 macaco jacare 2 toneladas com maleta. Produto sem uso na caixa. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57323", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57323", " 1 calibrador digital. Sem uso e na caixa.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57326", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57326", "  3 macacos  hidraulico garrafa sendo 1 de 6 toneladas   1 de 12 toneladas   1 de 20 toneladas   1 macaco jacaré  2 toneladas com maleta. Produto sem uso, na caixa.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57324", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57324", "  1 Assentador de talão de uso profissional para colar talão do pneu   1 calibrador digital. Produtos sem uso, na caixa.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57325", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57325", " shampoozeira completa com bomba e mangueira, para uso em lava rapido. Produto sem uso, na caixa.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57308", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57308", " shampoozeira completa com bomba e mangueira, para uso em lava rapido   calibrador digital. Produto sem uso, na caixa.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57304", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57304", " 1 Assentador de talão de uso profissional para colar talão do pneu. Produto sem uso, na caixa.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57306", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57306", " Macaco jacare 2 toneladas profissional   chave pneumatica 1/2 polegada, Produto sem uso.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57328", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57328", " Macaco jacare 2 toneladas profissional   chave pneumatica 1/2 polegada   calibrador digital. Produtos sem uso ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57329", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57329", " Macaco jacare 2 toneladas profissional   calibrador digital. Produto sem uso.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57330", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57330", " Máquina de lavar peças   quadro de ferramentas produtos sem uso.")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>920,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57312", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57312", " Descolador de pneus manual   assentador de talão. Produtos sem uso .")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57314", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57314", "  Suporte para motor para mecânicas. Produto sem uso")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57316", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57316", " 10 protetores de camara de ar aro 20   10 protetores de camara de ar aro 16   10 protetores de camara de ar aro 22 para caminhao. Produto novo.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57313", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57313", " 50 protetores de camara de ar aro 20   20 protetores de camara de ar aro 16   20 protetores de camara de ar aro 22 para caminhao. Produto novo.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57311", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57311", " 50 protetores de camara de ar aro 20   20 protetores de camara de ar aro 16   20 protetores de camara de ar aro 22 para caminhao. Produto novo ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57315", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57315", " Macaco jacaré 3 toneladas compacto para veiculo rebaixado. Sem uso, na caixa.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57320", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57320", " Lixadeira angular de alta rotação. Sem uso, na caixa.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57321", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57321", "  Macaco hidráulico para 16 toneladas   desforcimetro (solta facil com 4 soquetes de 1polegada). Sem uso na caixa")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57322", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57322", " 3 macacos hidraulico sendo 1 de 2 toneladas   1 de 10 toneladas   1 de 16 toneladas Produto na caixa, sem uso.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57319", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57319", " 2 macaco hidráulico  sendo  1 de 2 toneladas    1 de 10 toneladas   1 carro esteira para mecânico. Sem uso, na caixa.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57318", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57318", "  Prensa hidraulica de bancada capacidade 10 toneladas. Sem  uso.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57317", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57317", "Tampa da caçamba da chevrolet montana, ano 2013, cor branca. Sem uso, original de fábrica.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57373", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57373", " Kit espátula para desmontagem de pneus sem câmara de caminhão, produto sem uso.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57372", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57372", " 24 kilos de vaselina sólida industrial. Produto sem uso, lacrado.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57370", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57370", " 4 pneus de moto sendo 2 medida 140/70-17 e 2 110/70-17 sem uso, fabricação 2020.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57374", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57374", " 4 pneus de moto sendo 2 medida 120/80-18 e 2 90/90-21  sem uso, fabricação 2020.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>420,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57376", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57376", " 2 pneus de carro sendo medida 185/70-14 e 205/55-16, sem uso.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57375", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57375", " 6 pneus  de moto medida  90/90-18, sem uso fabricação 2020.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57371", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57371", " 2 pneus  de carro 185/65-15, sem uso.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57377", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57377", " 2 pneus  de carro medida  195/60-15, sem uso.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57369", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57369", " 6 pneus  de moto  sendo 3 110/70-17  e 3 130/70-17 fabricação  ano 17, 18 e 19. Sem uso. ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57401", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57401", " Balanceadora para rodas de veiculos de passeio, usada.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...20 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57404", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57404", " Calibrador digital completo, sem uso.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>420,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57411", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57411", " Esticador hidraulico 6 toneladas, produto sem uso.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>470,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57409", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57409", " Prensa hidráulica de bancada 15 toneladas, sem uso.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57407", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57407", " Guincho hidraulico giratório 1/2tonelada com base fixa, sem uso.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>820,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57412", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57412", " Guincho hidraulico 1/2 tonelada, sem uso.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57413", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57413", " Esticador hidraulico capacidade 10 toneladas, sem uso.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57414", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57414", " Macaco jacare 2 toneladas sem uso   esticador hidraulico  6 toneladas sem uso   calibrador digital, sem uso.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57402", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57402", " Macaco jacaré 2 tonelada sem uso   calibrador  digital, sem uso.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57408", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57408", " 2 macaco jacaré 2 toneladas, sem uso.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57405", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57405", " Macaco jacaré 2 toneladas rebaixado, sem uso.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57403", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57403", " Bomba dágua, sem uso.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57400", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57400", " Macaco jacaré  2 toneladas longo, sem uso. ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57410", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57410", " Macaco jacaré 2 toneladas longo sem uso   esticador  hidraulico 6 tonelada sem uso   calibrador digital, sem uso. ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.370,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57406", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57406", " Macaco jacaré 2 toneladas longo sem uso   vulcanizadora  de camara de ar profissional, sem uso.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57941", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57941", "  Macaco hidraulico 8 toneladas   1 macaco jacaré  2 toneladas com maleta   1 lixadeira  angular de alta rotação. Produtos sem uso.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57951", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57951", " 1 carro esteira para mecânico   1 macaco hidráulico  de 8 toneladas   quadro de ferramentas com 10 ganchos. Produto sem uso.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>440,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57950", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57950", " Pingadeira de óleo 25 litros com 6 funiz   balde para graxa 8kg com compactador. Produtos sem uso.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57935", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57935", " 2 balde para graxa para 8kg com compactador, produto sem uso.")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57947", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57947", " Pingadeira de oleo 25 litros com 6 funiz, produto sem uso.")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57939", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57939", " Medida aferidora para conbustivel para posto, produto sem uso.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57940", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57940", " Pingadeira de óleo 25 litros   balde de graxa 8kg, produtos sem uso.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57946", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57946", " Pingadeira de óleo 25 litros, produto sem uso.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57944", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57944", " 1 balde para graxa para 8kg com compactador, produto sem uso. ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57938", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57938", " Coletor de oleo 50 litros com carrinho. Produto sem uso.")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57948", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57948", " Coletor de oleo 50 litros com carrinho   balde para graxa 8kg, produto sem uso.")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>270,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57942", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57942", " Balde para troca de oleo capacidade 14 litros   balde para graxa 8kg, produto sem uso.")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>410,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57945", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57945", " Balde para troca de oleo de cambio e diferencial capacidade 14 litros, produto sem uso.")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57949", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57949", " 2 pneus  agricola medida 600-16   2 protetores  aro 16   2 camaras de ar, produtos sem uso, fabricação 2020.")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57943", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57943", " 2 pneus de empilhadeira medida  600-9   2 camaras de ar aro 9   2 protetor aro 9. Produtos sem uso.")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57936", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57936", " 2 pneus  de empilhadeira  medida  650-10   2 camaras de ar aro 10   2 protetor aro 10, produto sem uso.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57937", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57937", " 2 pneus agricola de microcultivador  medida 500/6-12   2 câmaras de ar, sem uso.")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>340,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57959", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57959", " 4 pneus de moto 90/90-18, sem uso.")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57960", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57960", "2 pneus de moto 140/70-17, sem uso.")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56346", "1001")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56346", " 13 kit de lampadas de led automotiva. Sem uso.")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56224", "1002")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56224", " Farol automotivo. Sem uso")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56218", "1003")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56218", " Gabinete de informática altura 26 cm, largura 53 cm , profundidade 37 cm.")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56211", "1004")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56211", " Vulcanizadora de camara de ar uso profissional 220 v produto  sem uso funcionando")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56220", "1005")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56220", " Vulcanizadora de camara de ar uso profissional 220 v produto  sem uso funcionando")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56219", "1006")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56219", " riscadora  de pneus uso profissional   produto sem uso funcionando bivolt.")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56212", "1007")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56212", " riscadora  de pneus uso profissional   produto sem uso funcionando bivolt.")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56345", "1008")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56345", "  7 kit cabos  para bateria  200 amp 2.4 metros sem uso ")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56227", "1009")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56227", " 4 pneus aro 16  205/55-16  reemoldados sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56230", "1010")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56230", " 8 pneus aro 16  205/55-16 reemoldados  sem uso fabricação  2020 selo do inmetro  ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56239", "1011")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56239", " 4 pneus aro 16  235/60-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56242", "1012")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56242", " 8pneus aro 16  235/60-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56246", "1013")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56246", " 4 pneus aro 16  215/65-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56323", "1014")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56323", " 12 pares de manete de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56245", "1015")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56245", " 8 pneus aro 16  215/65-16 reemoldados  sem uso fabricação  2020 selo do inmetro")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56256", "1016")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56256", " Pneus aro 15: 6 pneus 185/60-15   6 pneus 185/65-15   6 pneus 195/60-15   6 195/65-15   6 pneus 195/55-15 remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56263", "1017")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56263", " Pneus aro 15: 6 pneus 185/60-15   6 pneus 185/65-15   6 pneus 195/60-15   6 195/65-15   6 pneus 195/55-15 remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56252", "1018")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56252", " 8 pneus aro 14.  175/65 -14  remoldados, sem uso, fabricação ano de 2020, selo do inmetro")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56347", "1019")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56347", " Coletor de óleo  com carrinho capacidade 50 litros. ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56413", "1020")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56413", " 10 Protetor de câmara de ar de caminhão aro 22, sem uso.")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56286", "1021")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56286", " 6 rodas de ferro antigas para restauro. Sendo 3 Chevrolet  outras 3 indefinido modelo.")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56282", "1022")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56282", " 4 rodas de ferro, sendo 3 gm   1 toyota")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56349", "1023")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56349", " Marcador  numerador de pneus")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56294", "1024")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56294", " Macaco jacare 2 toneladas compacto profissional, funcionando.")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56348", "1025")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56348", " Macaco jacaré profissional 2 toneladas, funcionando. Marca  nacional potente brasil")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56291", "1026")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56291", "  7 rodas de ferro div modelos e aro.")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56288", "1027")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56288", "  2 pneus biscoito recapado medida 185/70-14, pneu recapado,  sem uso.")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56296", "1028")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56296", " Pneus de moto e bicicleta sem uso. Sendo 3 90/100-16 trilha marca rinaldi   1 70/100-17 trilha rinaldi   400-17  trilha rinaldi   1 pneu 120/70-17 tecnic    1 110/70-17 pirelli   2 pneus 16x 1.75 levorin")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56289", "1029")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56289", " 4 rodas de ferros antigas para restauro.")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56293", "1030")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56293", " Assentador de talão bazuca profissional, semi nova. ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56292", "1031")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56292", " 8 kits reparo de pneu sem câmara, com macarrão, sem uso.")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56297", "1032")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56297", " Máquina para artesanado para frisar chinelos e outros, sem uso.")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56283", "1033")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56283", " 4 rodas de aluminio  aro 8   2 rodas de aluminio aro 6   5 pneus maciço, sem uso.")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56295", "1034")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56295", " 1 chave  inglesa sem uso 15"")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56285", "1035")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56285", " Diversas peças para rodoar de caminhão, sem uso.")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56299", "1036")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56299", " 4 rodas de ferro, linha Volkwagem, aro 13. Usadas")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56302", "1037")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56302", " 8 rodas de ferro aro 13 usadas, sendo 4 linha GM e 4 linha Volkswagem.")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56300", "1038")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56300", " 4 rodas de ferro aro 13 usadas para linha GM.")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56303", "1039")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56303", " Roda de ferro aro 13 rara para veiculo, marca chana. ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56298", "1040")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56298", " 4 rodas de ferro aro 13 usada para linha volkswagem")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56305", "1041")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56305", " 4 rodas de ferro aro 14 usadas para aplicação  volkswagem")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56301", "1042")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56301", "  3 rodas de ferro usada aparentemente, linha fiat. ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56304", "1043")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56304", " 4 rodas de ferro aro 13, usadas, linha volkswagem.")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56350", "1044")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56350", " chave de impacto 1/2, sem uso.")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E20" s="5" t="inlineStr">
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56306", "1045")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56306", "Jogo de rodas ( 4 unidades) cromada aro 22, usada. Ótimo estado de conservação, Última aplicação: S10 executiva.")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56307", "1046")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56307", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56309", "1047")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56309", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56308", "1048")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56308", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56351", "1049")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56351", " 12 pares de manetes de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56310", "1050")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56310", " 12 pares de manetes de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56225", "1051")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56225", " painel de shampoozeira para lava rapido sem uso")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56324", "1052")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56324", " 12 pares de manete de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56311", "1053")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56311", " 3 pares de manete de motos diversas   6 pares de manete de moto anodizado   1 par de manopla.  produto sem uso.")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56329", "1054")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56329", "2 carburador de moto ybr 1 kit cilindro de motor titan SEM USO 2 baterias moura novas 1 bateria moura usada")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56326", "1055")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56326", " 3 pares de amortecedor de moto colorido, produto sem uso.")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56325", "1056")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56325", " 3 kit de relação de moto produto de qualidade superior, produto sem uso.")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56327", "1057")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56327", " 4 kit de relação  de moto diversas  produto de qualidade superior, produto sem uso.")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56328", "1058")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56328", " prateleira semi nova de mdf super conservada  para quarto ou outra área. Medida comprimento 1.30 m profundidade 0.26 cm")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56315", "1059")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56315", "[ RETIRADO ] 1 pneu 215/55-17 semi novo")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56322", "1060")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56322", " 2 gabinetes de informática com diversas peças dentro. Altura 0.39 cm largura 0.53 cm profundidade 0.67 cm")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56331", "1061")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56331", " Capa de banco de ducato sem uso   capa de volante aplicação indefinida")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56332", "1062")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56332", " Aproximadamente 15 luminárias diversas usadas ")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56333", "1063")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56333", " 10 suportes para capacete para expor em loja. ")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56339", "1064")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56339", " 204 litros de oléo para moto, produto sem uso, lacrado. Fabricação 2020. Sendo 144 litros 20/50   24 litros, 10/40 semi sintetico   36 litros 10/30 semi sintetico. ")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56342", "1065")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56342", "84 litros de oléo para moto, produto sem uso, lacrado. Fabricação 2020. Sendo 72 litros 20/50   12 litros 10/30 semi sintetico. ")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...149 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56335", "1066")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56335", " 120 litros de oléo para moto 20/50, produto sem uso, lacrado. fabricação 2020.")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56336", "1067")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56336", " Macaco jacaré 2 toneladas sem uso, na caixa. ")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56334", "1068")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56334", " 60 litros de oléo para moto, produto sem uso, lacrado. Fabricação 2020. Sendo 48 litros 20/50   12 litros 10/30 semi sintetico. ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56343", "1069")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56343", " 240 litros de oléo para moto 20/50, produto sem uso, lacrado. Fabricação  2020 ")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56341", "1070")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56341", " Descolador de pneus manual profissional, produto sem uso.")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56340", "1071")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56340", " Prensa hidráulica de coluna 20 toneladas, sem uso, na caixa.")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...543 lines deleted...]
-      <c r="E42" s="5" t="inlineStr">
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56337", "1072")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56337", " Macaco jacaré 2 toneladas sem uso, na caixa. ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F42" s="4" t="inlineStr">
-[...3582 lines deleted...]
-      </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56338", "1073")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56338", " Macaco hidropneumatico capacidade 20 toneladas. Produto sem uso, na caixa")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>