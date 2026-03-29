--- v0 (2025-12-17)
+++ v1 (2026-03-29)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56355", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56355", " 30 capas de máquinas de lavar, modelos diversos. Produto sem uso.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56369", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56369", " 20 capas de máquinas de lavar, modelos diversos. Produto sem uso. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56357", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56357", " 4 luminarias retrô nos temas star wars e harry potter")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56368", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56368", " 3 pingômetros sem uso, cheio de cachaça.")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56362", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56362", " 3 pingômetros sem uso, cheio de cachaça.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56361", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56361", " Artigos retrô sendo 1 pingometro tipo bomba de combustível 3 reservatório cheio de cachaça    5 porta guardanapo temas   3 kit saleiro e paliteiro   2 porta copo tudo sem uso")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56353", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56353", " Artigos retrô sendo 1 pingometro tipo bomba de combustível 3 reservatorio cheio  de cachaça    4 porta guardanapo temas   4 kit saleiro e paliteiro   4 porta copo tudo sem uso")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56366", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56366", "  3 pingometro cheio de cachaça")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56359", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56359", " Diversos itens retrô - sendo  9 porta guerdanapo   11 kit saleiro e paliteiro   3 porta copos.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56365", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56365", "  9 capas de máquinas de lavar, modelos diversos. Produto sem uso. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56364", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56364", "  3 porta rolha sem uso")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56352", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56352", " 2 porta rolha sem uso   2 porta copos   4 saleiro   1 paliteiro   1 porta guardanapo")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56360", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56360", " 10 itens retrô tema inglaterra, sendo 5 porta guardanapo   5 porta copos.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56356", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56356", " 30 itens tema cerveja - sendo 4 porta copos    9 porta guardapos   18 porta sal e palito")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56367", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56367", " 7 abridores de garrafa retrô")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>60,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56363", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56363", " 24 itens tema whiskey - sendo 7 porta copos    5 porta guardapos   12 porta sal e palito.")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56370", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56370", " 42 itens tema cerveja - sendo 11 porta copos    4 porta guardapos   28 porta sal e palito.")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56354", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56354", " 28 itens tema diversos - sendo 10 porta copos    7 porta guardapos   10 porta sal e palito   1 chaveiro")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56358", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56358", "  2 Bicicletas sendo uma semi nova aro 26, 24 marchas com peças shimano alivio de primeira qualidade, quadro de aluminio preto fosco   1 bicicleta antiga para colecionador modelo  cargueira")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.650,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>