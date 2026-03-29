--- v0 (2025-10-28)
+++ v1 (2026-03-29)
@@ -269,1371 +269,1203 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57206", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57206", "[ VÍDEO ] TRATOR NEW HOLLAND. MOD. D170. ANO 2007")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>124.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57754", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57754", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN. MOD. 55C. ANO 1987.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>78.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57755", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57755", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. W20B. ANO 1992.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>98.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56709", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56709", " PATROL FIATALLIS FG70. ANO 96")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>53.900,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57791", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57791", "[ VÍDEO ] RETROESCAVADEIRA CATERPILLAR. MOD. CAT 416D. ANO 2006")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>58.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56710", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56710", "[ VÍDEO ] PATROL DRESSER. MOD 130M. ANO 84.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>23.100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56708", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56708", " PATROL CATERPILLAR. MOD. 120B. ANO 87")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56711", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56711", " ROLO TEMA TERRA SP6000. ANO 83")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>26.950,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56719", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56719", "[ RETIRADO ][ VÍDEO ] ESCAVADEIRA CATERPILLAR. MOD. 321DL. ANO 2009")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>123.200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57792", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57792", "[ VÍDEO ] RETROESCAVADEIRA CASE. MOD. 580H. ANO 1996.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>38.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57793", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57793", "MINI ESCAVADEIRA CAT. ANO 2012.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>82.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57958", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57958", "JOGO DE 4 CORRENTES PARA PÁ CARREGADEIRA DE PNEUS. PARA PNEUS 20,5.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>7.100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56722", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56722", "[ VÍDEO ] PÁ CARREGADEIRA MICHIGAN. MOD 45 C. ANO 1988")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56720", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56720", " ROLO COMPACTADOR MULLER. MOD. TI 18. ANO 1987. MOTOR MERCEDES. TRASMISSÃO CLARK 28.000")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>29.600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56724", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56724", " GARFO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56721", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56721", " CHEVROLET D60. ANO 78. FREIO A AR.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56723", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56723", "[ VÍDEO ] FORD 1317. ANO 06. REDUZIDO. TURBINADO. INTERCALADO 4CC. DOC 2020")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>68.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58365", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58365", "[ VÍDEO ] EMPILHADEIRA CLARK. DIESEL. 7 TON. ANO 87")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>30.900,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56712", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56712", "[ VÍDEO ] ROLO MULLER TC18. ANO 92")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>32.400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56725", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56725", "[ RETIRADO ][ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR. MOD. 938H. ANO 2012")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>142.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58737", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58737", "[ VÍDEO ] VIBRO ACABADORA. MOD. SA41. ANO 88")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>53.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58785", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58785", "[ VÍDEO ] ESCAVADEIRA KOMATSU. MOD. PC150. ANO 2000.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>46.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58801", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58801", "[ VÍDEO ] ESCAVADEIRA DOOSAN. MOD. DX53 W. ANO 2010. APROX 5.000 HRS. ACOMPANHA 01 ROMPEDOR HIDRÁULICO E 02 CONCHAS.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>132.900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58849", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58849", "[ VÍDEO ] RETROESCAVADEIRA FIATALLIS. MOD. FB80. ANO 1998. 4X4.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>54.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56718", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56718", " [ RETIRADO ][ VÍDEO ] PÁ CARREGADEIRA MICHIGAN. MOD. 75III. ANO 79")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59267", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59267", "[ VÍDEO ] RETROESCAVADEIRA CASE. MOD. 580L. ANO 2000. 4X4.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>67.350,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56713", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56713", "[ RETIRADO ][ VÍDEOS ] TRATOR ESTEIRA FIATALLIS. MOD. FD9. ANO 89")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>98.550,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56714", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56714", "[ VÍDEOS ] TRATOR DE ESTEIRA FIATALLIS. MOD. 14CT. ANO 94")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56726", "031")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56726", "TRASMISSÃO DE MOTONIVELADORA CATERPILLAR 120H. ANO 99")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>33.250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56727", "032")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56727", "ROLO COMPACTADOR. MOD. TH10. ANO 87")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56716", "033")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56716", "[ VÍDEOS ] TRATOR DE ESTEIRA. MOD. FD130. ANO 2004.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>117.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56728", "036")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56728", "CAÇAMBA TOCO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56717", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56717", "[ RETIRADO ] GRADE HIDRÁULICA. 16 DISCOS.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>15.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56702", "103")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56702", " [ VÍDEO ] ROLO DE PNEUS DYNAPAC. MOD. CP-27 . ANO 1994 ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>40.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56703", "104")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56703", " COMPRESSOR INGERSSOL-RAND, HOR. 468619 . MARCA: INGERSOL-RAND")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.720,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>220.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56700", "105")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56700", " CARRETA C/ MESA DE 6 M ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56715", "113")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56715", " [ VÍDEO ] GUINDASTE S/ ESPECIFICAÇÕES. ANO: 1980 ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56701", "117")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56701", "[ VÍDEO ] ROLO COMPACTADOR MULLER TC18 . MARCA: MULLER . MODELO:  TC18 . ANO: 1987 ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56704", "126")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56704", "[ VÍDEO ] ROLO DE PNEUS TEMA TERRA. MOD. TT SP-8.000. ANO 1982 ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...1092 lines deleted...]
-      <c r="F47" s="4" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-[...25 lines deleted...]
-      <c r="F48" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56705", "127")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56705", " ROLO DE PNEUS TT SP-8000HD . MARCA: TEMA TERRA . MODELO:  TT SP-8.000 HD . ANO: 1985 ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56706", "132")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56706", "DRAGLINE MARCA HR")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56707", "133")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/56707", "ROLO MULLER. AP35")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>