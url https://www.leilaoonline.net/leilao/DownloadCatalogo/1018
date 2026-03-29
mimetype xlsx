--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,795 +269,699 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57289", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57289", "I; BMW 530 NE71; 2005/2006; CINZA; GASOLINA; BLINDADO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>27.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57382", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57382", "FIAT STRADA HD WK CC E, 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 589 - IPVA 2020 PAGO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>24.800,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57286", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57286", "ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 103 - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>38.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57291", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57291", "FIAT/WEEKEND ATRACTIVE; 2016/2016, PRATA, ALCO./GASOL., FROTA 707 - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>17.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57733", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57733", "RENAULT DUSTER 20 D 4X2; ANO/MOD 2013/2014; COR PRATA; ALCO./GASOL. FROTA CANALOTE002")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57734", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57734", "FIAT PALIO WEEKEND ADVENTURE ANO 2016 MOD 2016; COR PRATA; COMBUS. FLEX - FUNCIONANDO - FROTA CANALOTE 008")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57284", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57284", "FORD; RANGER XLT 12P; 2009/2009; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>29.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57735", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57735", "FIAT PALIO WEEKEND ADVENTURE ANO 2014 MOD 2015; COR PRATA; COMBUS. FLEX - FUNCIONANDO - FROTA CANALOTE 018")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57281", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57281", "I BMW; X5 4.8 FE81; 2007/2007; PRETA; GASOLINA; FUNCIONANDO; BLINDADO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57287", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57287", "MMC/L200 TRITON GL D; 2014/2015; PRATA; DIESEL - FROTA 981 - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>44.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57292", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57292", "FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 048 - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>21.850,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...42 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57293", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57293", " FIAT PALIO WEEKEND ATTRATIVE ANO 2016 MOD 2017, COR PRATA, FLEX, FROTA 358 - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>76</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>18.700,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57290", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57290", "MMC/L200 TRITON GL D; 2016/2017; PRATA; DIESEL - FROTA 888 - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>135</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>54.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57298", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57298", "NISSAN/FRONTIER S 4X4; 2014/2015; FANTASIA; DIESEL; FROTA 634 - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>116</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>48.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57282", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57282", "VW/ÔNIBUS ECOSS U; 2006/2006; BRANCA; DIESEL -  FROTA 968 - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57288", "026")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57288", "MMC/L200 TRITON GL D; 2015/2016; PRATA; DIESEL - FROTA 249 - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>129</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>46.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57294", "027")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57294", "FORD; TRST, MODIFICAR TP, 2010/2011, BRANCA; DIESEL; FROTA 541")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57285", "030")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57285", "ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 603 - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>48.550,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57295", "038")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57295", "NISSAN; FRONTIER S, 4X4, 2014/2015, FANTASIA; DIESEL; FUNCIONANDO, IPVA 2020 PAGO, FROTA 104-22-05-2020")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>49.800,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57299", "039")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57299", "VW/KOMBI; 2013/2014; BRANCA; ALCO./GASOL. - FROTA 967 - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>23.750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57296", "040")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57296", "VW/KOMBI; 2011/2012; BRANCA; ALCO./GASOL. -  FROTA 897 - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
-[...80 lines deleted...]
-      <c r="A23" s="5" t="inlineStr">
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57300", "041")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57300", "VW/KOMBI; 2011/2012; BRANCA; ALCO./GASOL.- FROTA 957 - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57297", "046")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57297", "HYUNDAI TUCSON GLSB; 2012/2013; PRATA; GASOLINA - FROTA 709 - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="B23" s="4" t="inlineStr">
-[...270 lines deleted...]
-      <c r="E31" s="5" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>21.250,00</t>
         </is>
       </c>
-      <c r="F31" s="4" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57283", "051")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57283", "CAM BASCULANTE C/ MUNCK MERCEDES-BENZ 13.18; 2012; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>111.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>