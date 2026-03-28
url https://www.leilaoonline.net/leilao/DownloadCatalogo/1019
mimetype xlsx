--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -269,2715 +269,2379 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57659", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57659", " Lote com: 10 uni. MEDIDOR DE PRESSÃO DE BRAÇO INCOTERM VISOMAT CONFORT FORM")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57701", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57701", " Lote com: 10 uni. MEDIDOR DE PRESSÃO DE BRAÇO INCOTERM VISOMAT CONFORT FORM")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57708", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57708", " Lote com: 10 uni. MEDIDOR DE PRESSÃO DE BRAÇO INCOTERM VISOMAT CONFORT FORM")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57688", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57688", " Lote com: 10 uni. MEDIDOR DE PRESSÃO DE BRAÇO INCOTERM VISOMAT CONFORT FORM")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57690", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57690", " Lote com: 10 uni. MEDIDOR DE PRESSÃO DE BRAÇO INCOTERM VISOMAT CONFORT FORM")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57662", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57662", " Lote com: 10 uni. MEDIDOR DE PRESSÃO DE BRAÇO INCOTERM VISOMAT CONFORT FORM")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57706", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57706", " Lote com: 10 uni. MEDIDOR DE PRESSÃO DE BRAÇO INCOTERM VISOMAT CONFORT FORM")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57672", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57672", " Lote com: 10 uni. MEDIDOR DE PRESSÃO DE BRAÇO INCOTERM VISOMAT CONFORT FORM")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57657", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57657", " Lote com: 10 uni. MEDIDOR DE PRESSÃO DE BRAÇO INCOTERM VISOMAT CONFORT FORM")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57689", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57689", " Lote com: 500 uni. CHUPETA TERMÔMETRO BABY CONFORT INCOTERM")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57670", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57670", " Lote com: 500 uni. CHUPETA TERMÔMETRO BABY CONFORT INCOTERM")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57655", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57655", " Lote com: 500 uni. CHUPETA TERMÔMETRO BABY CONFORT INCOTERM")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57702", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57702", " Lote com: 500 uni. CHUPETA TERMÔMETRO BABY CONFORT INCOTERM")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57653", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57653", " Lote com: 30 Uni. ESTETOSCÓPIO RAPPAPORT INCOTERM ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57652", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57652", " Lote com: 300 uni. CARREGADORES DE CELULAR PONTEIRA PADRÃO NOVOS NA CAIXA 4,5V")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57664", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57664", " Lote com: 300 uni. CARREGADORES DE CELULAR PONTEIRA PADRÃO NOVOS NA CAIXA 4,5V")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57666", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57666", " Lote com: 300 uni. CARREGADORES DE CELULAR PONTEIRA PADRÃO NOVOS NA CAIXA 4,5V")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57676", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57676", " Lote com: 300 uni. CARREGADORES DE CELULAR PONTEIRA PADRÃO NOVOS NA CAIXA 4,5V")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57677", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57677", " Lote com: 300 uni. CARREGADORES DE CELULAR PONTEIRA PADRÃO NOVOS NA CAIXA 4,5V")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57678", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57678", " Lote com: 300 uni. CARREGADORES DE CELULAR PONTEIRA PADRÃO NOVOS NA CAIXA 4,5V")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57650", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57650", " Lote com: 300 uni. CARREGADORES DE CELULAR PONTEIRA PADRÃO NOVOS NA CAIXA 4,5V")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57661", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57661", " Lote com: 300 uni. CARREGADORES DE CELULAR PONTEIRA PADRÃO NOVOS NA CAIXA 4,5V")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57667", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57667", " Lote com: 300 uni. CARREGADORES DE CELULAR PONTEIRA PADRÃO NOVOS NA CAIXA 4,5V")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57686", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57686", " Lote com: 300 uni. CARREGADORES DE CELULAR PONTEIRA PADRÃO NOVOS NA CAIXA 4,5V")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57707", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57707", " Lote com: 300 uni. CARREGADORES DE CELULAR PONTEIRA PADRÃO NOVOS NA CAIXA 4,5V")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57684", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57684", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57680", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57680", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57651", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57651", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57669", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57669", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57658", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57658", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57681", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57681", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57663", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57663", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57668", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57668", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57656", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57656", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57673", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57673", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57654", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57654", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57704", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57704", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57660", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57660", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57674", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57674", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57665", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57665", " Lote com: 10 uni. CONJUNTO ESTETOSCÓPIO ANERÓIDE CLÍNICO COM ESFIGNOMANÕMETRO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57693", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57693", " Lote com: 2 uni. FLUXIMETRO INCOTERM PLUX1000/ PAN100 TERMO ANEMÕMETRO PROFISSIONAL")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57671", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57671", " Lote com: 60 uni. TERMÔMETRO COM HASTE FLEXÍVEL JUMBO INCOTERM COLORS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57685", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57685", " Lote com: 17 uni. NEBULIZADOR ULTRASÔNICO NB1000 INCOTERM")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57675", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57675", " Lote com: 20 uni. MASSAGEADOR CORPORAL INCOTERM")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57692", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57692", " Lote com: 100 uni. MEDIDOR DE PRESSÃO DE PULSO DIGITAL")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57679", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57679", " Lote com: 100 uni. MEDIDOR DE PRESSÃO DE PULSO DIGITAL")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57715", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57715", " Lote com: 100 uni. MEDIDOR DE PRESSÃO DE PULSO DIGITAL")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57683", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57683", " Lote com: 100 uni. MEDIDOR DE PRESSÃO DE PULSO DIGITAL")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57705", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57705", " Lote com: 100 uni. MEDIDOR DE PRESSÃO DE PULSO DIGITAL")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57682", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57682", " Lote com: 10 uni. COMPRESSOR PARA NEBULIZADOR INCOTERM NB090")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57712", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57712", " Lote com: 10 uni. COMPRESSOR PARA NEBULIZADOR INCOTERM NB090")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57694", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57694", " Lote com: 10 uni. COMPRESSOR PARA NEBULIZADOR INCOTERM NB090")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57717", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57717", " Lote com: 10 uni. COMPRESSOR PARA NEBULIZADOR INCOTERM NB090")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57703", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57703", " Lote com: 50 uni. TERMÓMETRO DIGITAL PARA BANHO CARANGUEJO INCOTERM Azul/Amarelo")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57700", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57700", " Lote com: 8 uni. MÁQUINA DE CONTAR DINHEIRO CONDATA MODELO F 16-F")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57687", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57687", " Lote com: 1 Uni. COLETOR DE DADOS BLUE -BIRD PIDION e 7 uni. LEITORES DE CÓDIGO INFRA SYMBOL TRADICIONAL")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57699", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57699", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD050")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57691", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57691", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD050")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57720", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57720", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57695", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57695", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57710", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57710", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57697", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57697", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57711", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57711", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57696", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57696", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57713", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57713", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57698", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57698", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57716", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57716", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57709", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57709", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57714", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57714", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57718", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57718", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57721", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57721", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57719", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57719", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57722", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57722", " Lote com: 10 uni. UMIDIFICADOR INCOTERM UMD100")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57723", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57723", " Lote com: 3 uni. CISCO IRONPORT C360")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58725", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58725", "Lote com: 300 unidades de termômetros clínicos digitais diversos incoterm")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58726", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58726", "Lote com: 34 unidades termômetro de banho infantil CARANGUEJO INCOTERM ROSA")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...80 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58727", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58727", "Roteador CISCO 7200 SERIES ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58728", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58728", "Lote com: 200 unidades  medidor de pressão de pulso incoterm ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58729", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58729", "Balança digital /Indicador TRUTEST XR5000")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58730", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58730", "Lote de telefonia profissional: 1 un. POLYCON WX1500; 1 un. SO ND STATION 2 POLYCON; 1 un. KONFTEL IC2408A; 1 un. VOICE CRISTAL AUDIO-CONFERENCIA; 1 un. AVAYA 4690IP")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D90" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...1151 lines deleted...]
-      <c r="E51" s="5" t="inlineStr">
+      <c r="E90" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F51" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E52" s="5" t="inlineStr">
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58731", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58731", "Lote com: 30 unidades de medidores de pressão de braço incoterm (MB100)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F52" s="4" t="inlineStr">
-[...1114 lines deleted...]
-      <c r="E87" s="5" t="inlineStr">
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58802", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58802", "Lote com: 6 uni, Impressora de etiqueta; 3 uni. zebra stripe S4M; 2 uni. Allegro pro; 1 uni. Intermec Easy corder pd4; 1 uni. Zebra tradicional")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58803", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58803", "Lote com: 2 uni. Impressora de fotos KODAK PHOTO PRINTAR 6850 (ligando)")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F87" s="4" t="inlineStr">
-[...190 lines deleted...]
-      </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58851", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58851", "Lote com: 1 uni. Impressora térmica não fiscal Bematech MB 4200 th; 1 uni. Impressora de etiquetas Allegro Pro tradicional; 1 uni. No break ETN dx séries de 6KVA")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>