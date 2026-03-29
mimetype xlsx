--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,411 +269,363 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6053", "1131")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6053", "SPREADER TELESCÓPICO AUTOMÁTICO MARCA BROMMA, ANO 2009, PREFIXO SPR-07,  SANTOS SP - ECOPORTO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>250.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6043", "1132")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6043", "CAMINHÃO SCANIA P310 A4X2, ANO 2011. PREFIXO T12, UND SANTOS - ECOPORTO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6044", "1133")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6044", "CAMINHÃO SCANIA P310 A4X2, ANO 2011. PREFIXO T10, UND SANTOS - ECOPORTO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6045", "1134")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6045", "CAMINHÃO SCANIA P310 A4X2, ANO 2011. PREFIXO T20, UND SANTOS - ECOPORTO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6050", "1135")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6050", "CARRETA SEMIRREBOQUE PORTA CONTÊINERES DE 3 EIXOS, ANO/MOD 2011/12, MOD. SR BS CO 40´ C/ABAS, PREFIXO R06, SANTOS SP - ECOPORTO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6052", "1137")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6052", "CARRETA SEMIRREBOQUE PORTA CONTÊINERES DE 3 EIXOS, ANO/MOD 2011/12. MOD. SR BS CO 40´C/ABAS, PREFIXO R 13, SANTOS SP - ECOPORTO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6056", "1138")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6056", "SPREADER TELESCÓPICO AUTOMÁTICO BROMMA, ANO 2000, ANO PREFIXO SPR 01, SANTOS SP, ECOPORTO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6054", "1139")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6054", "EMPILHADEIRA DE GRANDE PORTE, TIPO REACH STACKER TEREX ANO 2010, PREFIXO TX-21,  SANTOS SP - ECOPORTO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6055", "1140")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6055", "EMPILHADEIRA DE GRANDE PORTE, TIPO REACH STACKER TEREX ANO 2010, PREFIXO TX-22,  SANTOS SP - ECOPORTO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>500.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>5000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6040", "1141")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6040", "CAMINHÃO M. BENZ  AXOR 3340, ANO 2009, COR: VERDE PREFIXO P.20.0006, SÃO BERNARDO DO CAMPO - ECORODOVIAS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6041", "1142")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6041", "CAMINHÃO M.BENZ AXOR 3340, ANO 2009, COR: VERDE PREFIXO P.20.0009, SÃO BERNARDO DO CAMPO - ECORODOVIAS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6042", "1143")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6042", "CAMINHÃO M.BENZ AXOR 3340, ANO 2009, COR: VERDE PREFIXO P.20.0008, SÃO BERNARDO DO CAMPO - ECORODOVIAS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>