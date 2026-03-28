--- v0 (2025-11-17)
+++ v1 (2026-03-28)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57622", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57622", "I /  HYUNDAI AZERA 3.0 V6, 2014/2015, GASOLINA, PRETO, (BLINDADO) - FUNCIONANDO ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>40.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57620", "013")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57620", "I/VW TIGUAN 2.0 TSI; ANO 2014/2014, PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>54</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>48.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57619", "2157")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57619", "I/ HYUNDAI CENTENNIAL EQUUS 45TOP; 2010/2011; PRETA; GASOLINA  - LOCALIZAÇÃO E  VISITAÇÃO AGENDAR - F. 11 3034 - 1839")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>99</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>69.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58382", "19033")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58382", "veja vídeo  clique na 1º foto VW / NOVO VOYAGE 1.6 CITY - 2013/2013 - PRATA ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58383", "19034")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58383", "veja vídeo clique na 1ª foto VW / VOYAGE CL MB - 2014/2015 - FLEX - PRETA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58384", "19035")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58384", "veja vídeo clique na 1ª foto I / VW TOUAREG 3.6 V6 (BLINDADA), 2014/2014 - GASOLINA")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>85.000,01</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58388", "19036")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58388", "veja video clique na 1ª foto VW/ NOVO VOYAGE CiITY 1.6 - 2013/2014 - FLEX - PRATA")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>