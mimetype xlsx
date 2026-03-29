--- v0 (2025-12-19)
+++ v1 (2026-03-29)
@@ -269,1723 +269,1511 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57966", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57966", " CAT 416 E RETROESCAVADEIRA, 2011, 4X4 FUNCIONANDO - veja vídeo clique na primeira foto ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>77.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57772", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57772", "GUINDASTE 4,3TM E3 - CR + CESTO AEREO; SERIE Y02C004304; POUCAS HORAS DE USO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>33.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57788", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57788", "EMPILHADEIRA TOYOTA CAP. 2,5 TON; ELEVAÇÃO 6M DE ALTURA;  TRÊS ESTÁGIOS - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>26.450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57789", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57789", "EMPILHADEIRA CLARK 7 TON GLP")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58106", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58106", "EMPILHADEIRA CLARK 2,5 TON")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57972", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57972", "ONIBUS M.BENZ/INDUSCAR FOZ U, ANO 2010/2010 CAP 31 P - FUNCIONANDO  veja vídeo cique na 1ª foto")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>53.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57784", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57784", "COLHEITADEIRA MF 3640 ANO 1985 COM BOCA DE MILHO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57774", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57774", "TRATOR VALMET 85 ID ANO76")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>14.050,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57779", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57779", "TRATOR BUKH, MOTOR FUNDIDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57973", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57973", "ÔNIBUS M.BENZ/INDUSCAR APACHE U, ANO 2010/2010 CAP 26 P - FUNCIONANDO aguarde vídeo em breve")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58164", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58164", "TRATOR FORD 8030 TRAÇADO 1995 ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58165", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58165", "TRATOR CBT, COM PÁ CARREGADEIRA 1975 - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57786", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57786", "TRATOR VALMET 360 ANO 1964")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58350", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58350", "PENEIRA de mineração. De 3 DC comprimento   5.40 largura  2 metros  C/ eixo FALTA ROLAMENTO E MOLAS")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57777", "022")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57777", "VÁLVULA  araval, usada ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58166", "023")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58166", "MOTOR PERKINS DE 3 CILINDROS, COM RADIADOR ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58167", "024")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58167", "PULVERIZADOR JACTO 500LT. MAIS 1(UM) ATOMIZADOR DE 200LT")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57771", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57771", "GRADE ARADORA 18 DISCOS CONTROLE PARA ABRIR/FECHAR")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.050,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58168", "026")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58168", "ROÇADEIRA DE ARRASTO, DIFERENCIAL - FUNCIONANDO, MAIS 1 (UMA) BOMBA DE ÁGUA, COM ENTRADA DE 3,5 POLEGADAS E SAÍDA DE 2,5 POLEGADAS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58169", "027")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58169", "PLAINA DE HIDRÁULICO DE 2,2M. DE LÂMINA, MAIS 1 (UMA) GRADE DE 24 DISCOS")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57769", "028")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57769", "ENSILADEIRA MENTA SUPREMA; ANO 2013 COM CONTROLE")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58105", "029")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58105", "TANQUE DE AGUA DE 5000 LTS. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58170", "030")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58170", "ARADO SANTA IZABEL, DISCOS COM 29 POLEGADAS. ANO FABRICAÇÃO: 02/2004. MODELO PSH 4 30. NÚMERO DE SÉRIE: C11G0102")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58171", "031")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58171", "2 (DUAS) CALCAREADEIRAS / ADUBADEIRA (VICON)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58314", "032")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58314", "SOBRE GUARDA PARA TRANSPORTE DE ANIMAIS, MADEIRA YPE. MEDIDAS: 5,90M (COMPRIMENTO) X 1,90M (ALTURA) X 2,50M (LARGURA)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58316", "033")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58316", "RISCADOR E ESPARRAMADOR DE CALCÁRIO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58317", "035")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58317", "PLANTADEIRA SLC")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58319", "036")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58319", "ENSILADEIRA PARA CAPIM E MILHO, DE 9 FACAS")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58320", "037")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58320", "CARRETA DE 4 RODAS 1,80 X 3,20. ASSOALHO DE CHAPA DE FERRO ESTRELA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58321", "038")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58321", "2 ENGENHOS DE CANA DE TRAÇÃO ANIMAL")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58322", "039")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58322", "4 PNEUS DE KOMBI, 185/ 60R. ARO 14")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58323", "040")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58323", "PARTES E PEÇAS DIVERSAS DE MAQUINAS E IMPLEMENTOS")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58324", "041")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58324", "MÁQUINA DE DESENROLAR FIOS PARA FAZER TELAS ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58335", "042")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58335", "CABINE DE CAMINHÃO FORD F600, ANO 1978 ATÉ 1982")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>5.800,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58338", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58338", "DIFERENCIAL DE MERCEDES BENZ 1513, COROA E PINHÃO 7 X 40. FREIO À ÓLEO. 04 PORQUINHO DE DIFERENCIAL TINKEM (FORD OU CHEVROLET)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58339", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58339", "MOTOR PERKINS 04 CILINDROS Q 20 B PARA CAMINHONETE D20 BOM ESTADO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57756", "048")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57756", "CARRETEL ENROLADOR")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57781", "050")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57781", "USINA DOSADORA COMPLETA  ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57782", "051")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57782", "BRITADOR 80/20 marca plang")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57780", "052")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57780", "TELAS REDUTORES MANDÍBULAS CUNHAS  COMPRESSORES e outros")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57770", "053")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57770", "BAÚ COM 3.30 M; COMP. COM 1M AVANÇO; 1. 80M ALT.; 1.70 M LARG . COM PORTA LATERAL")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57776", "054")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57776", "GERADOR DE ENERGIA 110/220 4KVA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57768", "055")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57768", "GRUPO GERADOR MOTOREN WERKE 59 KVA, NO ESTADO, PATRIMÔNIO G20-23 - LOT 23")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...57 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57760", "057")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57760", " GRUPO GERADOR STEMAC 150 KVA, GERADOR WEG 220/380/440 VOLTS, MOTOR SCANIA 112, FUNCIONANDO - LOT 11")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57761", "058")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57761", " GRUPO GERADOR STEMAC 400 KVA, MOTOR CUMMINS NTA 855, REFORMADO, 0,10 BIG CAM, 380 VOLTS")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57759", "059")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57759", "GRUPO GERADOR STEMAC 408/450 KVA, MOTOR CUMMINS NTA 855 G3 , Nº 15 - LOT 124")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57763", "060")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57763", " GRUPO GERADOR POLIDIESEL 53 KVA, COM MOTOR PERKINS, FUNCIONANDO - LOT 05")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57762", "061")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57762", "GRUPO GERADOR PALMERO 1000KVA")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57764", "062")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57764", "GRUPO GERADOR LEON HEIMER 70 KVA, COM MOTOR PERKINS 4 CILINDROS, TURBINADO, FUNCIONANDO, PATRIMÔNIO G20-4 - LOT 4")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57765", "063")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57765", "GRUPO GERADOR STEMAC 400 KVA, MOTOR CUMMINS NTA 855 REFORMADO 0,10. 220 VOLTS NO ESTADO, PATRIMÔNIO G20-18 - LOT 18")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57766", "064")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57766", "GRUPO GERADOR HANS STILL 59 KVA, NO ESTADO, PATRIMÔNIO G20-20 - LOT 20")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>3.050,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...64 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57767", "065")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57767", "GRUPO GERADOR CODIMA 60 KVA, NO ESTADO, PATRIMÔNIO G20-21 - LOT 21")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...851 lines deleted...]
-      <c r="F44" s="4" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-[...574 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57758", "067")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/57758", "GERADOR BD 6500 CFE BRANCO DIESEL 5.5KVA")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>2.400,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>