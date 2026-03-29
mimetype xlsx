--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6063", "201")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6063", " HONDA; CR-V EXL, 2008/2008, GASOLINA, PRETA, ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6073", "205")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6073", "I; MMC AIRTREK MIVEC. ANO/MOD. 2006/2006, COMB. GASOLINA, COR PRATA,")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6067", "210")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6067", " HONDA, CIVIC LXS FLEX, ANO/MOD 2009/2010, COR PRATA, ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6069", "211")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6069", " HONDA; CITY LX FLEX; 2011/2012; CINZA;  ALCO./GASOLI.;")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6062", "243")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6062", "TOYOTA, COROLLA GLI FLEX, 2013/2014, ALCO./GASOL. PRATA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6070", "244")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6070", "FORD/FOCUS SE AUT. 2.0 H, ANO/MOD 13/14 ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>38.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6071", "245")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6071", "YAMAHA/FAZER  250 EDIÇÃO LIMITADA ANO 2010")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>4.650,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6074", "247")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6074", "HONDA FIT LX, ANO/MOD 06/07, COMB. GAS.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>16.450,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6075", "248")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6075", "FORD FIESTA, ANO/MOD 08/08, COMB FLEX, COR PRATA")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>13.050,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6076", "249")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6076", "I/ HYUNDAI SONATA GLS, ANO/MOD 11/12, COR PRETA, COMB. GAS.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>36.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6077", "250")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6077", "HONDA FIT LXL, ANO/MOD 08/08, COR PRATA, COMB FLEX")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6081", "251")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6081", "I/JAC J6 2.0 DIAMOND 7 LUGARES, ANO/MOD 11/12, COR PRATA")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>15.865,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6091", "252")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6091", "GM/MERIVA 1.8 PREMIUM, ANO/MOD 2012/2012, COR PRATA FLEX")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6090", "253")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6090", "I/HYNDAI TUCSON GL 2.0, ANO/MOD 2008/2009, COR PRETA, CAMBIO AUTOMÁTICO, GASOLINA")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>