--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,955 +269,839 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60381", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60381", " VOLKSWAGEN 17.250E WORKER PREFIXO:  211090 PLACA EQY5162 ANO / MOD:  2011 / 2012 RENAVAM:  429633726 CHASSI:  9533N82T0CR216656 TRAÇÃO / TRANSMISSÃO:  Trucado / Automática EQUIPAMENTO:  USIMECA - BRUTUS 19 m³")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60386", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60386", " VOLKSWAGEN 17.250E WORKER PREFIXO:  211092 PLACA EZB1632 ANO / MOD:  2011 / 2012 RENAVAM:  451587111 CHASSI:  9533N82T7CR217402 TRAÇÃO / TRANSMISSÃO:  Trucado / Automática EQUIPAMENTO:  USIMECA - BRUTUS 19 m³")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>52.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60384", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60384", " VOLKSWAGEN 17.250E WORKER PREFIXO:  211093 PLACA EZB1622 ANO / MOD:  2011 / 2012 RENAVAM:  429629990 CHASSI:  9533N82T1CR217430 TRAÇÃO / TRANSMISSÃO:  Trucado / Automática EQUIPAMENTO:  USIMECA - BRUTUS 19 m³")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60387", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60387", " VOLKSWAGEN 17.250E WORKER PREFIXO:  211100 PLACA EZB1823 ANO / MOD:  2011 / 2012 RENAVAM:  594439647 CHASSI:  9533N82T7CR216346 TRAÇÃO / TRANSMISSÃO:  Trucado / Automática EQUIPAMENTO:  USIMECA - BRUTUS 19 m³")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60392", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60392", "VOLKSWAGEN 17.250E WORKER. PLACA: EZB 0731. ANO 2011/2012. RENAVAM: 451586204. CHASSI: 9533N82T3CR215727. Trucado. Automática. Pref.: 2110820. nº Ativo Equip.: 10001557. USIMECA - BRUTUS 19 m³")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60393", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60393", "VOLKSWAGEN 17.250E WORKER. PLACA: EJK1711. Ano: 2011/ 2012. RENAVAM: 450937380. CHASSI: 9533N82T3CR215985. Trucado. Automática. Prefixo Equip.: 2110840. Nº Ativo Equip. 10033693. USIMECA - BRUTUS 19 m³")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60395", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60395", " VOLKSWAGEN 17.280 CONSTELLATION PREFIXO:  213146 PLACA LRA4461 ANO / MOD:  2013 / 2013 RENAVAM:  596815786 CHASSI:  953658245DR331096 TRAÇÃO / TRANSMISSÃO:  TOCO / Manual EQUIPAMENTO:  USIMECA - ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60397", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60397", " SUCATA - SEM DOCUMENTOS -  VOLKSWAGEN 24.220 WORKER PREFIXO:  209162 PLACA LPQ2735 ANO / MOD:  2009 / 2010 RENAVAM:  223594601 CHASSI:  95337B2T3AR020184 TRAÇÃO / TRANSMISSÃO:  Trucado / Manual EQUIPAMENTO:  SEM EQUIPAMENTO VEÍCULO QUEIMADO - SUCATA - SEM DOCUMENTOS. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60398", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60398", " VOLKSWAGEN 17.280 CONSTELLATION PREFIXO:  214149 PLACA KWO8135 ANO / MOD:  2014 / 2015 RENAVAM:  1031859214 CHASSI:  953658247FR507469 TRAÇÃO / TRANSMISSÃO:  Trucado / Manual EQUIPAMENTO:  VEÍCULO SEM EQUIPAMENTO ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60399", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60399", " VOLKSWAGEN 24.220 WORKER PREFIXO:  209142 PLACA KWC3438 ANO / MOD:  2009 / 2010 RENAVAM:  175886108 CHASSI:  9533782T1AR009958 TRAÇÃO / TRANSMISSÃO:  Trucado / Manual EQUIPAMENTO:  GRIMALDI - POLIGUINDASTE TRIPLO 8 T")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>87.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60396", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60396", " VOLKSWAGEN 24.220 WORKER PREFIXO:  209151 PLACA EFU9793 ANO / MOD:  2009 / 2010 RENAVAM:  195867904 CHASSI:  9533782T8AR016728 TRAÇÃO / TRANSMISSÃO:  Trucado / Manual EQUIPAMENTO:  IMAVI - ROLL ON/OFF G25")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>158</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>117.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60403", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60403", " VOLKSWAGEN 17.250E WORKER PREFIXO:  210015 PLACA HLZ2091 ANO / MOD:  2010 / 2010 RENAVAM:  205027504 CHASSI:  9533N82T3AR025360 TRAÇÃO / TRANSMISSÃO:  Toco / Automática EQUIPAMENTO:  FACCHINI - CF 1000 15 m³")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60400", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60400", " VOLKSWAGEN 17.250E WORKER PREFIXO:  210013 PLACA HLZ2090 ANO / MOD:  2010 / 2010 RENAVAM:  205028179 CHASSI:  9533N82T2AR027374 TRAÇÃO / TRANSMISSÃO:  Toco / Automática EQUIPAMENTO:  FACCHINI - CF 1000 15 m³")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60385", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60385", " RESERVATÓRIO DO COMPRESSOR DE AR WAYNE")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60382", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60382", " RETIFICADOR DE SOLDA 180 A")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60383", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60383", " FURADEIRA RADIAL YADOYA FY-F32")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60388", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60388", "RELAÇÃO ATUALIZADA COM MAIS ITENS - ITENS DE ALMOXARIFADO DIVERSOS, CONF. RELAÇÃO ANEXO. em São Paulo/SP")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60389", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60389", "10 UNIDADES DISPONÍVEIS -MOTOR 4 TEMPOS honda gx 35 (EM CABECOTE ASPIRACAO LUTOCAR 120L N.P. - COM E SEM MANGUEIRA)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60390", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60390", "10 UNIDADES DISPONÍVEIS -MOTOR 4 TEMPOS honda gx 35 (EM CABECOTE ASPIRACAO LUTOCAR 120L N.P. - COM E SEM MANGUEIRA)")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60391", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60391", "1 UNIDADE DISPONÍVEL - ASPIRADOR E TRITURADOR ALISIOS CERTOMA (MOTOR HONDA)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60436", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60436", " ITENS DE ALMOXARIFADO E  DIVERSOS, CONF. RELAÇÃO ANEXO. EM SALVADOR / BA")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60437", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60437", "TRANSFORMADOR SIEMENS 2000KVA. Ref.: 10020967")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61391", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61391", "ITENS DE ALMOXARIFADO DIVERSOS, ETC.  CONF. RELAÇÃO...")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61392", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61392", "VOLKSWAGEN 17.250E WORKER PREFIXO:  211094 PLACA EZD5921 ANO / MOD:  2011 / 2012 RENAVAM:  589672622 CHASSI:  9533N82T6CR221277 TRAÇÃO / TRANSMISSÃO:  Toco / Automática EQUIPAMENTO:  PORTAL - CHL 15  - DE COLETA DE PRODUTOS HOSPITALARES.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>63.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61393", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61393", "VOLKSWAGEN 17.250E PREFIXO:  211095 PLACA ELX6731 ANO / MOD:  2011 / 2012 RENAVAM:  595499210 CHASSI:  9533N82T2CR221700 TRAÇÃO / TRANSMISSÃO:  Trucado / Automático EQUIPAMENTO:  USIMECA - BRUTUS 19 m³  AR")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>61.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61394", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61394", "CAMINHÃO BATIDO -  VOLKSWAGEN 17.280 CONSTELLATION - OBS:  BATIDO.  PREFIXO:  214080 PLACA FCX1290 ANO / MOD:  2014 / 2015 RENAVAM:  1026423055. CHASSI:  953658241FR500890 TRAÇÃO / TRANSMISSÃO:  Trucado / Automática EQUIPAMENTO:  PLANALTO - MAGNUN G4 19 m³")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...798 lines deleted...]
-      </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61396", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61396", "VOLKSWAGEN 17.280 CONSTELLATION PREFIXO:  214090 PLACA FQG4493 ANO / MOD:  2014 / 2015 RENAVAM:  1026685297. CHASSI:  953658248FR501454 TRAÇÃO / TRANSMISSÃO:  Trucado / Automática EQUIPAMENTO:  PLANALTO - MAGNUN G4 19 m³")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>118</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>118.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61400", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61400", "VOLKSWAGEN 17.280 CONSTELLATION - COM  MOTOR DANIFICADO E INCOMPLETO - FALTANDO PARTES MECÂNICAS E DIVERSAS. .  PREFIXO:  214146 PLACA KWO8140 ANO / MOD:  2014 / 2015 RENAVAM:  1055155438 CHASSI:  95365824XFR506820 TRAÇÃO / TRANSMISSÃO:  Trucado / Manual EQUIPAMENTO:  USIMECA - BRUTUS 19 m³")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61403", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61403", "VOLKSWAGEN 17.250E WORKER PREFIXO:  211204 PLACA OLS1899 ANO / MOD:  2011 / 2011 RENAVAM:  468974822 CHASSI:  9533N82T7BR144787 TRAÇÃO / TRANSMISSÃO:  Trucado / Automática EQUIPAMENTO:  USIMECA - BRUTUS 19 m³")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>51.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>