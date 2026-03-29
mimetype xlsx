--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,3515 +269,3079 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60011", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60011", "COMPRESSOR DE AR. 40 pés. Pressure. Motor Weg. 10cv. Trifásico. Revisada")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58495", "008")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58495", "MOINHO DE TINTA HORIZONTAL 3 CILINDROS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58533", "009")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58533", "[ RETIRADO ] ESTUFA PARA PLANTAS, JARDINAGEM, HORTAS, ETC (APROX. 1.000 m²)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60330", "022")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60330", " 1 Micro teste")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60328", "023")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60328", " Aprox. 21 un de roletes para esteiras 1,50 mts cada ( sem uso)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60333", "024")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60333", " 1 micro teste para laboratório")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60332", "025")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60332", " Torre refrigeração")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60331", "026")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60331", " 1 compressor com pulmão motor 15 vc 1780")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60329", "027")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60329", " 1 alimentador")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60194", "028")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60194", "Centrífuga de roupas")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60195", "029")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60195", "Centrífuga de roupas")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60051", "030")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60051", "Aprox. 180 peças para medir tensão")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59283", "031")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59283", " 1 moto redutor ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59289", "032")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59289", " 1 ventoinha ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59284", "033")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59284", " 1 ventilador. .")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59285", "034")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59285", " 1 misturador para laboratorio ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59288", "035")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59288", " 1 velocímetro para laboratório ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59286", "036")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59286", " 1 esteira com uv ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59287", "037")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59287", " 1 enchedeira faltando peças")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58805", "038")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58805", "VÁLVULA ROTATIVA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58806", "039")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58806", "04 REDUTORES")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58833", "040")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58833", "04 Acoplamentos para extrusora. Sem uso.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58576", "041")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58576", "GERADOR A GASOLINA. MOD. BLEZZER BL 3000.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58532", "042")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58532", " BICICLETA ELÉTRICA")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58531", "043")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58531", "[ RETIRADO ] VW KOMBI. ANO 1993. NO ESTADO.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58530", "044")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58530", "1 PAINEL")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58529", "045")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58529", "1 esteira transportadora  inox 4 metros de inox com de pé ferro")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...20 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58528", "046")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58528", "1 esteira transportadora de 4 metros sendo toda inox ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58527", "047")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58527", "1 lote contendo: motor, redutor, bomba e válvula ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58526", "048")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58526", "1 aparelho de ar condicionado Carrier 35.000 BTU´s")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58525", "049")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58525", " UM CARRINHO PARA FERRAMENTAS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58524", "050")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58524", " UM MOINHO. SEM TAMPA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58523", "051")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58523", " UM DURÔMETRO RELÍQUIA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58522", "052")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58522", "[ RETIRADO ] M. Benz Sprinter 313 CDI. Ano 2007/2007")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58521", "053")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58521", "GERADOR (incendiado)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...10 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58520", "054")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58520", "Equipamentos para cozinha industrial, sendo:  4 freezers, 1 geladeira inox (4 portas), 1 forno inox (2 portas), 1 câmara fria inox, 1 passa-through quente, 1 balança antropométrica e 2 mesas de pedra")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58519", "056")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58519", "[ RETIRADO ] 1 compressor, 4 motor e 1 morsa. ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58518", "058")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58518", "Cofre em bom estado com chave")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58517", "061")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58517", "COLETOR E SEPARADOR DE ÓLEO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58516", "063")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58516", "PLAINA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58515", "064")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58515", "PLAINA")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58513", "065")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58513", " SERRA FITA COM SOLDA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58514", "067")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58514", " BOMBA A DIESEL. SEM USO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58512", "068")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58512", " BOMBA ÁGUA A GASOLINA. SEM USO.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58511", "069")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58511", "01 BOMBA COM RELÓGIO DE PRESSÃO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58510", "070")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58510", "APROX. 11 VÁLVULAS AÇO INOX E 16 VÁLVULAS AÇO CARBONO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58506", "071")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58506", "06 PÁS PARA MISTURADOR")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58505", "073")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58505", "RADIADOR PARA GERADOR. (furado)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58508", "074")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58508", " VENTILADOR INDUSTRIAL. 80 CM DE DIÂMETRO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58509", "075")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58509", " VENTILADOR INDUSTRIAL. 1 METRO DE DIÂMETRO")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58501", "079")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58501", " 01 BOMBA")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58503", "081")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58503", "TANQUE DE AR. CAP 1.500 LITROS")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58502", "082")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58502", "TANQUE DE AR PARA COMPRESSOR")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58491", "084")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58491", "CARROCERIA DE FIBRA/ PORTA FERAMENTAS. Para caminhonete.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58492", "090")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58492", " BALANÇA PRECISÃO")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58494", "091")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58494", " VENTILADOR")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58493", "092")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58493", " 01 MESA COM ROLETES COM IMÃ PARA SEPARAÇÃO DE FERRO E PLÁSTICO")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58447", "100")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58447", " TROCADOR DE CALOR, DIM. 2850 X 320 MM")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58445", "101")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58445", " TROCADOR DE CALOR, DIM. 1700 X 400 MM")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58446", "106")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58446", " BOMBA VERDEFLEX")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58450", "109")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58450", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58451", "124")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58451", " 2 PALETEIRAS ZELOSO PE 1000")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58452", "128")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58452", " LAVADORA EM FIBRA, DIM. 2900 X 700 MM, C/ 4 COMPARTIMENTOS, PAINEL E MOTOBOMBAS")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58439", "130")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58439", " BALANÇA CAP. 20 T, C/ ETIQUETADORA")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58440", "136")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58440", " 2 VÁLVULAS ROTATIVAS, SENDO 1 EM INOX E UMA EM AÇO, C/ MOTORREDUTOR")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58448", "140")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58448", " LAVADORA DE PEÇAS EM INOX COMPLETA")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58449", "142")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58449", " MISTURADOR DE LÍQUIDOS EM INOX BERTUSO, ANO: 1997")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58488", "145")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58488", " 1 FURADEIRA DE BANCADA DAUER")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58441", "146")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58441", " RODAPÉS DIVERSOS (APROX. 3000 KG)")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58442", "147")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58442", " 1 FURADEIRA DE BANCADA DAUER")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58444", "150")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58444", " PALETEIRA ZELOSO PE 1000, CAP. 1000 KG")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58443", "157")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58443", " VENTOINHA COM FILTRO")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58453", "173")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58453", " 1 REDUTOR")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58454", "180")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58454", " Câmbio de carro 4x4 antigo")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58455", "183")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58455", " 5 PROTOCOLADORES")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58456", "184")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58456", " SOPRADOR")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58457", "189")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58457", " FUNIL ALIMENTADOR EM AÇO INOX")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58458", "191")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58458", " 2 exaustores")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58459", "216")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58459", "Pontiaderira IBMS - tipo AQ 50 REF. Ano 2004  - 50KVA - 220V  - nº 2156  ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58460", "217")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58460", "pontiaderira IBMS - tipo AQ 100 AR REF ano 2005  - 100 KVA - 220V  - nº 2157")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58461", "220")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58461", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58462", "221")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58462", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58463", "222")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58463", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58464", "231")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58464", "MOINHO DE TINTA. SEM MOTOR")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58465", "232")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58465", " Torre de refrigeração com duas bombas")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58467", "237")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58467", "Unidade hidráulica com dois motores Weg 7.5 cv")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58487", "238")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58487", "UNIDADE HIDRÁULICA")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58466", "239")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58466", " bomba hidráulica")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58468", "241")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58468", " Redutor")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58469", "243")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58469", " 2 bombas")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58470", "245")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58470", "Redutor")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58471", "248")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58471", "SERRA PARA FERRO")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58472", "249")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58472", "Máquina gráfica. Alimentador para jornais e outros. Marca Ferag mod. RA VP 1:1")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58473", "250")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58473", " Carrinho hidráulico")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58474", "264")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58474", " Lote de ferramentas sendo: sargento, morsa, tarraxas e grifos")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58475", "276")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58475", "35 peças de tarracha sendo: 13 de 3/8 e 22 de 1/2")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58477", "278")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58477", "SERRA FITA DUPLA")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58476", "279")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58476", " Dois redutores")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.120,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58479", "280")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58479", " Bomba de engrenagem para óleo")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58478", "281")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58478", " Válvula rotativa")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.260,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58480", "283")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58480", " 7 pistões")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>560,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58481", "286")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58481", " Bomba em aço inox")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58486", "287")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58486", " Lote de motores redutores")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58483", "293")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58483", " Inversor")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58482", "294")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58482", "ROLAMENTOS")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58484", "297")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58484", "Conversor Weg")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58485", "300")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58485", "TORNO. 2,90m de comprimento e 2,0m de pista")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...2612 lines deleted...]
-      <c r="E95" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58489", "305")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58489", "Uma cortina para porta motorizada")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
-      <c r="F95" s="4" t="inlineStr">
-[...734 lines deleted...]
-      </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58490", "306")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58490", "VENTOINHA COM MOTOR BLINDADO")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>