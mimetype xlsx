--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59273", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59273", "MMC/L200 TRITON GL D; 2016/2017; PRATA; DIESEL - FROTA 888 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>44.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59278", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59278", " FIAT; PALIO WEEKEND ATTRATIVE 2016/2017 PRATA ALCO./GASOL. FROTA 788")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58842", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58842", "FIAT STRADA HD WK CC E, 2017/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - FROTA 589 - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>25.950,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58835", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58835", "veja o vídeo!!! ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 103 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59274", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59274", "FIAT/WEEKEND ATRACTIVE; 2016/2016, PRATA, ALCO./GASOL., FROTA 707 - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58843", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58843", "FIAT PALIO WEEKEND ADVENTURE ANO 2016 MOD 2016; COR PRATA; COMBUS. FLEX - FUNCIONANDO - FROTA CANALOTE 008")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>23.300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58834", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58834", "FORD; RANGER XLT 12P; 2009/2009; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>29.100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58752", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58752", "FIAT PALIO WEEKEND ADVENTURE ANO 2014 MOD 2015; COR PRATA; COMBUS. FLEX - FUNCIONANDO - FROTA CANALOTE 018")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58838", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58838", " FIAT; PALIO WEEKEND ATTRATIVE 2016/2017 PRATA ALCO./GASOL. FROTA 118")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58836", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58836", " FIAT; PALIO WEEKEND ATTRATIVE 2016/2017 PRATA ALCO./GASOL. FROTA 807")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59276", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59276", "veja o video! VW/ÔNIBUS ECOSS U; 2006/2006; BRANCA; DIESEL - FROTA 028 - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58837", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58837", " FIAT; PALIO WEEKEND ATTRATIVE 2016/2017 PRATA ALCO./GASOL. FROTA 068")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59279", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59279", " RENAULT DUSTER 20 D 4X2 2014/2015 PRATA ALCO./GASOL. FROTA 453")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>20.350,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58744", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58744", " FIAT; PALIO WEEKEND ADVENTURE 2016/2016 PRATA ALCO./GASOL. FROTA 153")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>21.900,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58841", "017")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58841", " FIAT; PALIO WEEKEND ATTRATIVE 2016/2017 PRATA ALCO./GASOL. FROTA 388")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58745", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58745", " FIAT; PALIO WEEKEND ADVENTURE 2014/2015 PRATA ALCO./GASOL. FROTA 150")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>23.650,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58749", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58749", " FIAT; PALIO WEEKEND ADVENTURE 2015/2016 BRANCA ALCO./GASOL. FROTA 896")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59277", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59277", "VW/KOMBI; 2011/2012; BRANCA; ALCO./GASOL.- FROTA 957 - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>17.950,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58746", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58746", "veja o vídeo! VW/ÔNIBUS ECOSS U 2006/2006 BRANCA DIESEL FROTA 398 - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58753", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58753", "veja o vídeo - VW; JETTA 2.0; PRETA; 2011/2011; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>23.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59280", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59280", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>9.450,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58747", "028")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58747", " FORD TRANSIT 2010/2011 BRANCA DIESEL FROTA 071")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>12.900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58751", "029")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58751", "FORD; TRST, MODIFICAR TP, 2010/2011, BRANCA; DIESEL; FROTA 131")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58742", "030")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58742", "veja o vídeo! ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 603 - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59275", "038")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59275", "NISSAN; FRONTIER S, 4X4, 2014/2015, FANTASIA; DIESEL; FUNCIONANDO, IPVA 2020 PAGO, FROTA 104-22-05-2020")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>45.750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58844", "041")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58844", " FIAT; PALIO WEEKEND ADVENTURE 2014/2015 PRATA ALCO./GASOL. FROTA 310")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...243 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...478 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58743", "042")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58743", "I; BMW 530 NE71; 2005/2006; CINZA; GASOLINA; BLINDADO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>26.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>