--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58788", "16050")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58788", " TRATOR M.FERGUNSON 275/2, ANO 1992, NÃO FUNCIONA")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58793", "16051")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58793", " veja vídeo clique 1ª foto TRATOR VALTARA BH 180, ANO 2007, FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>52.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58795", "16052")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58795", " veja vídeo clique 1ª foto TRATOR VALTRA BH 180  4X4, ANO 2010, FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>95</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>68.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58786", "16053")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58786", " veja vídeo clique 1ª foto TRATOR VALTRA BH 185  4X4, ANO 2010, FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>86</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>67.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58792", "16054")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58792", " veja vídeo clique 1ª foto TRATOR VALTRA BH 185  4X4, ANO 2008, FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>59.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58789", "16055")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58789", " veja vídeo clique 1ª foto TRATOR VALTRA 685, ANO 1997, FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58791", "16056")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58791", " veja vídeo clique 1ª foto TRATOR FORD 6630 C/implemento, ANO 1998, FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>39.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58800", "16057")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58800", " veja vídeo clique 1ª foto TRATOR M. FERGUNSON ADVANCED 283, ANO 2003, FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>41</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58799", "16058")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58799", " veja vídeo clique 1ª foto TRATOR M. FERGUNSON 290, ANO 1984, FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58798", "16059")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58798", " veja vídeo clique 1ª foto TRATOR M. FERGUNSON 265, ANO 1980, FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58790", "16060")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58790", " 2 CAPÔS P/ TRATOR BM 110, ANO 2016")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58797", "16061")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58797", " 2 CAPÔS P/ TRATOR BM 110, ANO 2016")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58787", "16062")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58787", " 2 CABINE M.FERGUNSON")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>1.150,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58794", "16063")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58794", " 1 FORRAGERA JF 90")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.950,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58796", "16064")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58796", " 1 PLANTADEIRA")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>