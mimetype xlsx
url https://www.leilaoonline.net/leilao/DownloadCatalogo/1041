--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58856", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58856", "1.661 ITENS, PORCAS, SENSORES, EIXOS E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58857", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58857", "305 ITENS, CONTROLADOR DE TEMP.,SENSORES, AMORTECEDORES E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58859", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58859", "24 ITENS, VENTOINHA AXIAL, ROTORES, EIXOS E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58864", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58864", "789 ITENS, OBTURADOR DE VÁLVULA, ENGATES FLASH, TRAVAS E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58866", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58866", "1.241 ITENS,PLACAS DIVERSAS, FUSÍVEIS, CAPACITOR ELETR. E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58867", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58867", "2.564 ITENS, CONDULETE ALUMÍNIO, CONDULETES , BUCHAS E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58868", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58868", "236 ITENS, CILINDROS DIVERSOS, VALVULAS , PISTÕES E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58869", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/58869", "1.682 ITENS, ROLAMENTOS, ENGRENAGENS, RETENTORES E OUTROS- VEJA DESCRITIVO DE ITENS ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59253", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59253", "58 - PÇAS DE BOMBONAS PLASTICA ~ 50L - LOC. ARAÇATUBA /SP ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59254", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59254", "58 - PÇAS DE BOMBONAS PLASTICA ~ 50L - LOC. ARAÇATUBA /SP ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59255", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59255", "58 - PÇAS DE BOMBONAS PLASTICA ~ 50L - LOC. ARAÇATUBA /SP ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59256", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59256", "58 - PÇAS DE BOMBONAS PLASTICA ~ 50L - LOC. ARAÇATUBA /SP ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59257", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59257", "52 PÇAS -  TAMBORES DE  METAL -  LOC. ARAÇATUBA / SP ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>824,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59258", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59258", "52 PÇAS -  TAMBORES DE  METAL -  LOC. ARAÇATUBA / SP ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>824,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59259", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59259", "52 PÇAS -  TAMBORES DE  METAL -  LOC. ARAÇATUBA / SP ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>824,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59260", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59260", "52 PÇAS -  TAMBORES DE  METAL -  LOC. ARAÇATUBA / SP ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...461 lines deleted...]
-      </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>724,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59261", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59261", "APROX. 1.115 KG DE PAPEL LAMINADO AMARELO -  LOC. ARAÇATUBA / SP ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>