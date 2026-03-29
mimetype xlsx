--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59850", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59850", "03 PÇAS - SELO MEC GERSTENBERG 3700713- LOC. SÃO PAULO/ SP ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59851", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59851", "48 ITENS DIVERSOS - PARAFUSOS, REATORES, CALCOS E OUTROS - VEJA DESCRITIVO DE ITENS ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59852", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59852", "APROX. 64,5 MTS DE BARRAS MET. RED,16 PÇAS DE BUCHAS MET RED. VEJA DESCRITIVO  DE ITENS ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>8.650,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59853", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59853", "12 PÇAS - VÁLVULAS DIVERSAS , VEJA DESCRITIVO DE ITENS - LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59854", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59854", "03 PÇAS - PONTEIRA GERSTENBERG 41095001- LOC. SÃO PAULO/SP ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59855", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59855", "01 PÇA - DISCO GERSTENBERG 186783- LOC.SÃO PAULO/SP")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59856", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59856", "01 PÇA - SELO MEC GERSTENBERG 8500086- LOC. SÃO PAULO/SP")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>