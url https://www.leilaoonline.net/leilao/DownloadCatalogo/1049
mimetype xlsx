--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59924", "24206")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59924", "FIAT/ STRADA WORKING, 2015/2015 - COR BRANCA - FR 4002 - LOC.TAPEJARA/PR")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>20.550,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59929", "24207")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59929", "VW/ NOVO GOL TL MCV, 2016/2017- COR BRANCA - FR 18025- LOC. TAPEJARA/PR")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>22.800,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59883", "24216")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59883", "VW/NOVA SAVEIRO RB MBVS,- 2016/2017- COR BRANCA , FR 3007- LOC. TAPEJARA/PR")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>20.900,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59886", "24218")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59886", "FIAT/ STRADA WORKING, 2015/2015- COR BRANCA- FR 3031- LOC.TAPEJARA/PR")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>20.450,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59923", "24223")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59923", "VW/NOVA SAVEIRO RB MBVS,- 2016/2017- COR BRANCA , FR 3033- LOC. TAPEJARA/PR")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>21.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59932", "24225")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59932", "CHEVROLET/ COBALT  1.4 LT- 2012/2012 - COR PRATA - FR 19272 - LOC.TAPEJARA/PR")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>19.250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59885", "24227")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59885", "FIAT/ STRADA WORKING, 2015/2015- COR BRANCA- FR 3010- LOC.TAPEJARA/PR")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>18.200,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59925", "24240")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59925", "FIAT/ STRADA WORKING, 2016/2017 - COR BRANCA - FR 4008 - LOC.TAPEJARA/PR")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59931", "24248")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59931", "FIAT/ STRADA WORKING, 2015/2015 - COR BRANCA - FR 18146 - LOC.TAPEJARA/PR")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>22.950,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59927", "24260")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59927", "FIAT/ STRADA WORKING, 2016/2017 - COR BRANCA - FR 4012 - LOC.TAPEJARA/PR")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>27.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59930", "24278")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59930", "FIAT/ STRADA WORKING, 2015/2015 - COR BRANCA - FR 18144 - LOC.TAPEJARA/PR")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>23.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59933", "24293")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59933", "FIAT/ STRADA WORKING, 2015/2015 - COR BRANCA - FR 19542 - LOC.TAPEJARA/PR")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>45</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>21.150,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59928", "24299")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59928", "FIAT/ STRADA WORKING, 2015/2015 - COR BRANCA - FR 4036 - LOC.TAPEJARA/PR")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>25.300,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59882", "24310")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/59882", "VW/NOVA SAVEIRO RB MBVS,- 2016/2017- COR BRANCA , FR 3005- LOC. TAPEJARA/PR")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>24.300,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>