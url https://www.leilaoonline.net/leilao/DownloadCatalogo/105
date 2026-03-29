--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,923 +269,811 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6087", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6087", "Manômetros, trenas diversas, bibimetro, termômetro digital, cadeiras giratórias, escalas, chaves de fenda divs, garrafas térmicas de água, serrotes, bombas, ventiladores, marretas de borracha, 4 pneus 195/55 R15, mangueiras e cabo de aço")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6082", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6082", "  Aproximadamente 4 ar condicionados, 2 bebedouro, 2 plastificadoras.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6086", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6086", " Consumíveis de solda diversos")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6085", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6085", " Aproximadamente 7 geladeiras, 11 sofás diversos.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6083", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6083", " Aproximadamente 4 geladeiras, 3 tanquinhos.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6084", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6084", " Aproximadamente 4 ar condicionados, 2 bebedouros, 1 plastificadora, 1 televisor de tubo, 1 televisor LCD 32”.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6088", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6088", " Aproximadamente 3 ar condicionados, 2 bebedouros, 1 fogão, 1 micro-ondas, 2 geladeiras, 1 tanquinho, 1 televisor de tubo.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6089", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6089", " Aproximadamente 11 escadas de diversos tamanhos e modelos.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6098", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6098", " Mini guindaste Jekko; Tipo aranha modelo: SPD360CDH; Ano: 2012; Horímetro: 569 H.T.M. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>129.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6100", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6100", " Mini guindaste/Empilhadeira Jekko; Modelo: MPK20W; Ano: 2012; Horímetro: 17 H; Cap. máx.: 2000 kg; ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>51.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6099", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6099", " Robô nivelador de contrapiso Lomar; Modelo: LOM110; Ano: 2012; Com apenas 5000 m² trabalhados;")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6101", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6101", " Manipulador Jekko GVI 4 2; Ano: 2012; Cap. máx.: 540 kg; Peso total: 50 kg; Bateria 12V.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6120", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6120", "Lote com Stand, mesas e cadeiras.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6102", "019")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6102", " Carreta carga seca com PORTA CONTAINER 20/40 PÉS. ANO 1999 Marca: NOMA  Modelo: GRADE BAIXA Placa: Final  1")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6107", "020")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6107", " Carreta carga seca com PORTA CONTAINER 20/40 PÉS. ANO 1999 Marca: RANDON  Modelo: PNEUMÁTICA Placa: Final  4")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6103", "021")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6103", " Carreta carga seca com PORTA CONTAINER 20/40 PÉS. ANO 1999 Marca: RANDON  Modelo: PNEUMÁTICA Placa: Final  2")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6105", "022")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6105", " Carreta carga seca com PORTA CONTAINER 20/40 PÉS. ANO 1999 Marca: RANDON  Modelo: PNEUMÁTICA Placa: Final  0")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6104", "023")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6104", " Carreta carga seca com PORTA CONTAINER 20/40 PÉS. ANO 1994 Marca: RANDON  Modelo: EXTENSIVA Placa: Final  9")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6106", "026")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6106", " PORTA CONTAINER 20 PÉS. ANO 1987 Marca: KRONE Modelo: BUG (EXTENSIVA) Placa: Final  1")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6108", "027")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6108", " Carreta carga seca. ANO 1989 Marca: RANDON  Modelo: GRADE BAIXA  Placa: Final  2")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6111", "028")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6111", " Carreta carga seca. ANO 2005 Marca: NOMA  Modelo: GRADE BAIXA  Placa: Final  1")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6109", "029")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6109", " Carreta carga seca. ANO 1997 Marca: NOMA  Modelo: GRADE BAIXA  Placa: Final  0")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6125", "031")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6125", " Barracão pré moldado")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>77.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6126", "032")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6126", " Lote com aprox. 12 Paleteiras (sucata)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6123", "033")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6123", " Paleteira Elétrica Paletrans")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6122", "034")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6122", " Caminhão Munck VW . Modelo 14.140. Ano: 1987 com Guindauto Veicular -  Modelo 12000 para 5 Toneladas Placa: Final  6")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...307 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...478 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6124", "035")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6124", " Caminhão Guindaste Ford Cargo  . Modelo 2630 Ano: 2001 Com Guindaste de Remoção – Modelo Madal MD120TM ano 2001 Placa: Final  1")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>300.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6127", "036")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6127", "Lote contendo: Munck Guindauto IMAP Modelo IM45000 e contendo Carroceria  Porta Container para 20 pés. Ano: 2001.")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>77.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>