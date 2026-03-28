--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -269,23867 +269,20887 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63937", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63937", "LOJA COMPLETA ( modelo Ateliê. Moveis de primeira qualidade) E SEMI FABRICA : 90 vestidos de alta costura ( materiais: maioria em zebeline outros em paetê, crepe , tule com peito bordado, musseline). Vestidos de alto valor comercial.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60538", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60538", " Equipamentos odontológicos")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60462", "006")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60462", " Broca Bosch 57cm - Sem uso")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60544", "012")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60544", " Videogame Atari 3600 Junior - funcionando")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60547", "013")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60547", " Imagesetter Linotronic 330 ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60537", "014")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60537", " Desfibrilador Cardíaco - EMAI - Mod. DX10Plus")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60543", "015")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60543", " Estação de tratamendo DPS 40 digital")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60540", "016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60540", " Geladeira Frigidere - Funcionando ( 143 x 67 x 62 cm) ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60541", "023")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60541", " Máquina de Moer carne - Funcionando")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60536", "031")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60536", " Mesa/Maca Ginecológica - Funcionando")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60539", "034")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60539", " Protetor de chumbo hospitalar móvel ( 181 x 57 cm - espessura 2.5) ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60546", "052")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60546", " Lote com: Apróx. 90 Parafusos para rede elétrica")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60549", "053")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60549", " Lote com: 2 uni. Máquina de tricô e crochê ( Singer e Brother )")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60548", "055")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60548", " Pati Bike ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60558", "056")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60558", " Gravador de Rolo Pioneer RT/ 707 ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60545", "057")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60545", " Video cassette Recorder JVC HR-3300U - Japones ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60551", "058")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60551", " Game Power Chip - Funcionando ( acompanha cabos, mouse e teclado)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60550", "059")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60550", " Tape de Rolo AKAI Modelo 400D ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60557", "060")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60557", " Lote com: 3 calculadoras Antigas Cássio")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60553", "062")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60553", " Apple iMac antigo - Funcionando.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60561", "069")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60561", " Lote com: Apróx. 26 máquinas de escrever e 3 mimiográfos ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60564", "070")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60564", " Lote com: 2 uni. Máquina de tricô e crochê ( Lanofix e Elgin )")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60567", "084")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60567", " Esteira R2 - Não ligando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60573", "089")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60573", " Lote com: 41 uni. Telefones , 5 uni. Modens e 33 uni. Bobinas de fax")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60572", "106")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60572", " Candelabro 3 velas em metal ( 25x 33cm)")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60570", "111")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60570", " Cabine UV para unha")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60568", "114")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60568", " Lote com 7 porta copos em vidro")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60566", "115")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60566", " Projetor Sankyo super 8 Sound 700 com 1 carretel")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60574", "120")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60574", " Revólver de espoleta - Zar Colt em metal e plástico")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60571", "121")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60571", " Projetor Eumig Mark s 807 ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60463", "122")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60463", " Babá eletrônica KidShine - umidificador infantil Techline - Massageador Pessoal MI - 3000")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60501", "123")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60501", " Relógio despertador de máquina à corda BW em caixa de joaninha")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60499", "125")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60499", " Centro de mesa em prata 90 ( 5 x 26 x 17 cm)")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60465", "126")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60465", " Aparelho de ultrassom compact ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60474", "132")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60474", " Luminária de mesa em porcelana")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60464", "134")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60464", " Luminária italiana em resina ( 73cm)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60471", "138")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60471", " Loud - css - Speaker selector")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60466", "139")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60466", " Faca gaúcha")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60469", "141")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60469", " Lote com: Apróx. 199 zípers vários tipos e tamanhos")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60470", "144")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60470", " Projetor Sanyo PLC-200PM - Funcionando")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60477", "152")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60477", " Trenzinho ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60500", "157")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60500", " Bule em metal espessurado à prata DAREL BERRD ( 20cm)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60472", "158")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60472", " Duplicador de "Slite Ohnar Zoom Reverser Japan", 16x8x,6,5cm ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60473", "159")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60473", " Lente Tamron 35-135mm 1:3.5-4.2 ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60475", "165")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60475", " Lente MINOLTA MC TELE ROKKOR - PE, 1:4.5, 200mm,")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60479", "166")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60479", " Relógio masculino TOMMY HILFIGER water proof, 100% aço preto")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60467", "167")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60467", " LENTE CANON MADE IN JAPAN PARA MÁQUINA FOTOGRÁFICA 100-200mm 1:5.6 S.C")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60481", "176")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60481", " Enciclopédia Britannia Great Books of the Western World, publicada pela Encyclopedia Britannia, Inc., Chicago, 1952. Encadernação de luxo com 49 volumes")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60480", "177")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60480", " Lente TAMRON macro 80-200mm, 18cm")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60476", "178")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60476", " Câmera japonesa da marca sony Cyber-shot modelo dsc f828 . Falta bateria. Acompanha carregador e case")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60483", "182")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60483", " FAMILY GAME - Antigo vídeo game com dois controles acondicionados em caixa de papelão original. Acompanham 2 cartuchos e cabo de energia")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60484", "183")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60484", " lote com: 3 garrafas de vinho português ( lacradas) ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60575", "187")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60575", " Lente para Máquina fotográfica AUS JENA ( 23x13cm)")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60577", "188")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60577", " Lente Soligor Japonesa com case")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60576", "193")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60576", " Máquina de preencher cheque - Check - pronto ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60482", "194")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60482", " Lente Tamron for pentax ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60485", "197")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60485", " Máquina Zenith 122k Com lente disparador flash e bolsa")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60578", "203")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60578", "Corrente fechada ( 32cm)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60579", "206")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60579", "lote com: + 400 cards de campeonato de futebol italiano")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60580", "215")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60580", "Par de remos")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60581", "216")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60581", "Lote com: 30 conjuntos de calça e blusão - vários modelos e tamanhos ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60582", "217")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60582", "Relógio Mido Automatic Multifort")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60583", "226")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60583", "Lote com: Cds curso de montagem, livros e fitas de idiomas ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60584", "227")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60584", "Coleção de cartões telefônicos - Apróx 2.500 cartões ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60585", "233")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60585", "Mini tv Symphinic ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60586", "235")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60586", "Tv Mitsubishi com controle remoto ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60587", "237")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60587", "Antiga tv Philco Deluxe 17 ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60588", "239")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60588", "Tv antiga Philips ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60589", "240")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60589", "Tv antiga Silver point japan ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60590", "241")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60590", "Tv antiga Sharp ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60591", "242")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60591", "Tv antiga Philips ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60592", "247")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60592", "Kit laringoscópio c/ 3 Lâminas missouri com lanterna ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60593", "254")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60593", "Conjunto para cama de casal importado")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60597", "266")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60597", " Cadeira odontológica ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60596", "269")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60596", " Adaga Chinesa em metal , detalhes dourados, lâmina em aço - 26cm")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60595", "270")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60595", " Galheteiro - 5 pçs.")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60594", "271")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60594", " Licoreira em cristal Baccarat - séc XIX - 26cm altura")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60601", "293")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60601", " Filtro de porcelana - 43 cm")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60606", "294")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60606", " Filtro em porcelana -22 cm")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60602", "295")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60602", " Filtro em porcelana - 53 Cm - Déc 70.")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60607", "296")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60607", " Relógio de mesa Antigo - completo em madeira - ( 42 x 24 x 14cm)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60609", "299")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60609", " Lote com: 4 máquinas de lavar louças ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60605", "301")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60605", " Lote com: 4 máquinas de lavar louças ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60608", "311")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60608", " Medalhão em metal espessurado a prata ( 19.5 cm diam.)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60604", "312")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60604", " Lote com: 4 máquinas de lavar louças ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60603", "313")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60603", " Luminária em metal espessurado a prata ( 47 x 13 x 13 cm) ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60610", "314")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60610", " 2 uni. Biblias antigas - 1 com medalhão em bronze")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60611", "321")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60611", " Licoreira quadrangular em cristal - Lapidada ( 24.5cm) ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60612", "324")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60612", " Coleção de bonecos max steel, marvel, etc - 50 uni.")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60613", "326")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60613", " Coleção de bonecas Barbie, princesas, etc - 77 uni.   acessórios ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60614", "330")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60614", " Coleção de bonecas Barbie, princesas, etc. - 100 uni.")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60615", "335")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60615", " Licoreira em cristal Europeu - ( 29cm)")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60616", "336")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60616", " Lote com: Brinquedos diversos")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60617", "339")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60617", " Prato importado em porcelana chinesa ( 31cm) ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60618", "340")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60618", " Lote com: Brinquedos diversos")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60619", "344")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60619", " Lote com: jogos diversos ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60620", "345")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60620", " Par de castiçais em metal dourado ( 23cm) ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60621", "347")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60621", " Escultura de elefante com madrepérola ( 19 x 23cm)")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60623", "354")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60623", " Piano antigo Hering ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60622", "355")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60622", " Medalhão de parede em metal dourado - (32cm) ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60625", "358")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60625", " Lote com: 100 uni. Facas em inox ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60624", "360")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60624", " Lote com: 100 facas e 1. tesoura")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60626", "362")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60626", " Lote com: 100 facas em inox. (apenas as facas) ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60627", "364")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60627", " Lote com: 100 facas em inox ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60628", "366")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60628", " Lote com: Brinquedos diversos")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60629", "369")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60629", " Faqueiro 80 pçs. Em inox dourado")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60630", "370")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60630", " Lote com: Conchas de oceano, diversos tamanhos - 20 itens. ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60632", "372")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60632", " Boneco gnomo raridade - 26cm")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60633", "374")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60633", " Coleção livros mestre da pintuda editora abril - 39 uni.")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60634", "375")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60634", " Licoreira com taças em vidrão bico de jaca - 25.5 cm jarra - 10cm copo")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60635", "378")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60635", " Cabine UV para unhas de gel e acry gel")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60631", "379")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60631", " Relógio de parede Tagus Sincro - elétrico ( 36cm)")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60598", "384")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60598", " Coleção Livros Pedro Calmon - História do Brasil - 7 volumes")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>430,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60599", "387")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60599", " Máquinas de costura Elgin ")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60487", "395")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60487", " Lote com: 47 gibis TEX - 47 edições Globo ( 140 a 143, 207 a 254) e 3 edições Riográfica (204 a 206)")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60488", "396")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60488", " Lote com: 3 esculturas em bronze de origem árabe")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60486", "397")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60486", " Lote com: 220 gibis TEX editora Mythos")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60489", "399")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60489", " Peças para relógio carrilhão para restauros")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60490", "404")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60490", " Lote com: brinquedos e bonecas antigas - estrela ")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60491", "406")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60491", " Brinquedos antigos ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60492", "411")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60492", " Medalhão em metal (39 cm)")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60493", "415")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60493", " Crucifixo em Marfim - único no Brasil - Europe - ( 39 x 19cm)")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60495", "421")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60495", " Estátua em bronze banhado a cobre - apoio de madeira - (23.5 x 43 x 8 cm)")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60498", "423")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60498", " Escultura importada africana em jacarandá - 20cm")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60497", "424")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60497", " Escultura  em Bronze - 3.2kg - 33 x 27 cm")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60496", "427")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60496", " Jogo de chá importado pintado a mão")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60504", "434")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60504", " Lote com: Jogos Play Station originais ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60511", "435")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60511", " Licoreira em Alabastro - 6 copos")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60509", "436")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60509", " Brinquedos antigos ")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60506", "438")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60506", " Brinquedos antigos ")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60510", "442")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60510", " Brinquedos antigos ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60502", "447")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60502", " Brinquedos antigos ")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60505", "449")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60505", " Brinquedos antigos ")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60512", "452")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60512", " Coleção 23 aviões de combate - editora Planeta deagostini")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60513", "456")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60513", " Kit de colheres para chá em prata argentina 925 , cabo retorcido - 12 itens.")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60515", "459")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60515", " Jogo de calotas VW")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60522", "470")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60522", " Galheteiro em Madeira e porcelana - com talheres para servir ( 15/ 24cm) ")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60525", "472")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60525", " Galheteiro em madeira e porcelana - Com tralheres - ( 41/21 cm)")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60519", "473")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60519", " Rara Espada em Aço inox - ( 41cm)")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60523", "474")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60523", " Escultura em Resina - importado da itália - Séc XX ( 10 x 16 x 11 cm )")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60518", "476")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60518", " Escultura em Resina - importado da itália - Séc XX ( 10 x 16 x 11 cm )")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60524", "478")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60524", " Escultura em Resina - importado da itália - Séc XX ( 10 x 16 x 11 cm )")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60520", "480")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60520", " Escultura em Resina - importado da itália - Séc XX ( 10 x 16 x 11 cm )")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60521", "482")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60521", " Escultura em Resina - importado da itália - Séc XX ( 10 x 16 x 11 cm )")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60526", "487")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60526", " Luminária em Bronze - 30 cm")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60527", "488")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60527", " Castiçais em metal - ( 23 cm ) ")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60528", "494")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60528", "Livros coletânea das leis do comércio exterior - 34 volumes")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60649", "501")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60649", " Aparelho de jantar em porcelana branca, policromado a prata - 12 peças ")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60648", "503")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60648", " Castiçal em bronze - ( 22cm)")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60641", "508")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60641", " Jogo de café - Déc 50 - Banhado a prata - 6 peças ")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60663", "509")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60663", " Aparador em mármore Bege Bahia- bordas em bronze ( 78 x 130 x 40 cm) ")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60651", "514")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60651", " Samovar Prateado ( 45cm) ")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60647", "515")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60647", " Galheteiro metal á prata - italiano ( 25 x 13 cm) ")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60650", "521")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60650", " Cojunto de café e chá em porcelana ")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60645", "522")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60645", " Abajur em Bronze, vidro em mosaico - (53 x 24cm) ")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60646", "524")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60646", " Relógio de parede em madeira - ( 20cm) ")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60652", "525")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60652", " Soprador Modelo 125B - Gasolina")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60658", "526")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60658", " Relógio grande em caixa de madeira - ( 95 x 46 x 20cm)")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60535", "528")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60535", " Coluna de resina e bronze - italiana - Déc 70 - ( 31 x 31 x 75 cm) ")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60533", "529")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60533", " Relógio em madeira - ( 90cm) ")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60657", "530")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60657", " Ânfora déc 70 - importada - ( 24 x 24 x 50) ")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60638", "532")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60638", " Relógio Depose 1003 , base em mármore Carrara - italiano - ( 26 x 29 x 11 cm)")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60643", "533")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60643", " Prato decorativo - Porcelana portuguesa ")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60653", "534")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60653", " Jogo em banho de prata ")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60654", "535")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60654", " Lote com: 4 uni. Redução de mangueira de incêndio ( 2.1/2 x 1 .1/2)")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60662", "537")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60662", " Lote com: 16 gibis TEX")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60661", "539")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60661", " Motor induzido - sem uso ")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60666", "540")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60666", " Curso Epoca English Plus - completo - 33 fascículos ")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60640", "542")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60640", " Lote com: coleção 87 uni Album de figurinhas - (   5 mil figurinhas) ")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60664", "543")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60664", " Lote com: Jogos diversos - damas baralhos bingo xadrez")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60660", "545")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60660", " Lote com: 8 Jogos nintendo Ds ")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60531", "547")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60531", " Gargantilha")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60639", "548")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60639", " 2 uni champagne ")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60636", "549")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60636", " Pé de máquina Singer")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60659", "553")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60659", " 3 uni. Mangueira de incêndio ")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60529", "554")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60529", " Lote com: 6 uni. Grades ( 89 x 19 cm) ")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60665", "562")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60665", " Lote com: Itens de costura e linha ")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60642", "566")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60642", " Esmoleira em metal espessurado a prata - 3 pés ( 30cm diam.) ")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60637", "568")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60637", " Salva em prata brasileira - 235gr. Teor - ( 20cm diam.)")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60530", "572")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60530", " Gomil em metal espessurado a prata - ( 46x11 cm Bacia - 40 x 24 cm Jarra ) ")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60655", "574")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60655", " Relógio em bronze- Déc 70 - ( 67 x 19 x 34 cm) ")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60534", "576")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60534", " Candelabro banhado a prata - ( 37 x 20 cm) ")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60532", "577")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60532", " Centro de mesa banhado a prata - ( 31 x 30 cm) ")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60656", "578")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60656", " Relógio de mesa Vesna - importado união soviética - (10 x 20 cm) ")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60542", "581")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60542", " Relógio de cordas ( 75 cm ) ")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60552", "583")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60552", "Lote com: 100 bonecas barbie e outras.")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60554", "584")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60554", "Lote com: 21 uni. bonecas raras suzy- estrela ")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60555", "585")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60555", "Lote com: 70 uni. Bonecas Barbies monster high e acessórios ")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60556", "586")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60556", "Lote com: coleção TEX Edição Históricas - 53 volumes")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60559", "588")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60559", "Lote com: 26 edições - Gibs TEX - 01 a 27 ( falta 18 ) ")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60560", "589")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60560", "Lote com: Coleção gibis TEX - ANUAL - Edições 1 a 6 e edição 12")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60562", "590")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60562", "Coleção "La escuela del Técnico Mecânico" - 7 volumes ")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60563", "591")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60563", "Torneira antiga em bronze ")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60565", "594")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60565", "Samovar em metal ( 52 cm - 3,105 kg ) ")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60569", "599")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60569", "Coleção " Grande História Universal " - Lacrados - 18 volumes ")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60668", "601")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60668", "Lote com: Talheres antigos déc. 70 - 24 peças")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60680", "606")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60680", " Antigo fondue de cobre martelado")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60678", "607")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60678", " Lote com Apróx. 2000 livros")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60670", "608")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60670", " Rara bicicleta antiga")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60673", "611")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60673", " RARO Samovar,EM PRATA 90 IMPORTADO USA - em metal espessurado a prata,37 cm X 18 cm")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60675", "612")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60675", " Conjunto gradiente ligando aparentemente completo e funcionando sem test no radio tica fitas e vinil")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60679", "613")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60679", " Lote com: duas enceradeiras - funcionando ")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60683", "614")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60683", " Enceradeira eletctrolux funcionando ")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60684", "615")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60684", " Lote com: duas enceradeiras - Não funcionam")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60677", "618")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60677", " Lote com: 30 Pratos Fundos, 3 Travessas Oval 2 tigelas em marca porcelana rela são Paulo  - fina porcelana branca,  filetados à ouro,  Diâmetro: 22 cm.")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60672", "621")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60672", " Candelabro para Três Lumes, em bronze dourado, Dimensões: 38 cm X 40 cm X 10 cm")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60674", "624")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60674", " coleçao rara com 360 cards de Basquete (NBA) e 72 cards Marvel, Homem Aranha entre outros.")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60687", "627")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60687", " Samovar Russo em bronze Meados do séc. XX .48x27 cm")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60686", "628")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60686", " jogo  para chá e café em metal espessurado à prata,6 peças. Wolff")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60705", "629")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60705", " Vitrine estilo Luís XV, em madeira nobre,  com aplicações em bronze com chave. 1,80x0,80x0,40 m.")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60691", "630")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60691", " Peças em metal com banho de prata, porta confeitos. Altura 7,5 x diâmetro 17 cm. Mini vaso. Altura 5,5 cm")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60703", "631")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60703", " Raro Relógio de mesa em bronze. vidro de cristal transparente,à corda. Altura 40 cm, comprimento 37 cm largura 19 cm")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60690", "632")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60690", " Aparelho de jantar de porcelana tcheca, com 62 peças")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60699", "633")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60699", " jogo para café em aço liso")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60709", "635")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60709", " Quatro caixas gigantes com brinquedos aproximadamente 2 mil itens")</f>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60688", "636")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60688", " Lote com: Apróx.  1160 cds variados 100 cds fora das capas")</f>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60712", "637")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60712", " Lote com 7 jogos raros master system")</f>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60697", "638")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60697", " Lote com Apróx. 1270 cds variados 18cds fora das capas")</f>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60747", "639")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60747", " Lote com 4 jogos raros master system")</f>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F229" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60694", "640")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60694", " Lote com 2 games de  Nintendo ds, mini game, carregador, 3 cartuchos game boy collor")</f>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F230" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60738", "641")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60738", " Lote com 4 jogos raros master system")</f>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60719", "643")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60719", " Lote com diversos itens antigos,radios,toca fitas etc")</f>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F232" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60695", "644")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60695", " Maca 1,76 de comp,alt 76,largura 60cm ")</f>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60736", "645")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60736", " Lotes diversos Itens Antigos")</f>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60761", "646")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60761", " Caixa de som super potente funcionando 66 cm de altura,largura 40cm")</f>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60756", "648")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60756", " secador de mão funcionando")</f>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60745", "649")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60745", " Enceradeira Electrolux funcionando ")</f>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60711", "651")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60711", " Enceradeira Electrolux funcionando ")</f>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60825", "652")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60825", " Enceradeira Walita funcionando")</f>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60715", "653")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60715", " Enceradeira Electrolux funcionando ")</f>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60821", "654")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60821", " Rara Garrafa com cachaça guardada a mais de 10 anos")</f>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60706", "655")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60706", " Gramophone Thomas Homes Phonograph com vinil, fita e radio")</f>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60708", "657")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60708", " Raro jogo de xadrez, importado anos 80, confeccionados em osso na caixa original")</f>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60827", "658")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60827", " Escultura cão boxer, em resina italiana 30/19/12,7 cm")</f>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60765", "659")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60765", " Globo que funciona como um bar com espaço para vinho, ou qualquer outro tipo de bebida e taças, importado Itália. com mesa estendida - 100x65x93cm")</f>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60847", "660")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60847", " Lote com: 05 cinzeiros vintage dinamarqueses 'HANS JENSEN DENMARK'em metal espessurado a prata 9 cms x 6 cms ")</f>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60767", "661")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60767", " Espada  de coleção replica bárbaros, em metal prateado, em relevo, suporte em madeira para pendura na parede, medindo aproximadamente 110 cm só a espada.")</f>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60841", "662")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60841", " Relógio pêndulo capelinha LIGE funcionando a pilha, anos 30. 41cm de altura por 24cm de largura.")</f>
+      </c>
+      <c r="C248" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D248" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F248" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60830", "663")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60830", " Lote com: 90 moedas. Sendo 57 de 20 centavos 1978.- 16 de 10 centavos de 1977. -13 de 10 cruzeiros de 1984. -3 de 10 cruzeiros de 1981 .- 1 de 10 cruzeiros de 1991")</f>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F249" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60700", "664")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60700", " Balança em metal anos 50 com selo da escola de engenharia de juiz de fora 10x35x28 ")</f>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F250" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60832", "665")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60832", " Lote com: 93 moedas. Sendo 19 de 10 centavos de 1970.- 19 de 5 cruzeiros 1980.- 18 de 1 cruzeiro de 1984.- 13 de 10 centavos de 1976.- 9 de 10 cruzeiros de 1982 .-9 de 5 cruzeiros de 1981 .-7 de 10 centavos de 1985 ")</f>
+      </c>
+      <c r="C251" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D251" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F251" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60845", "666")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60845", " Rara escultura italiana, em marmorite,Med 160 cm ")</f>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D252" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F252" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60829", "667")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60829", " Lote com:  83 moedas. Sendo  26 de 20 centavos de 1975.- 40 de 20 centavos de 1976.- 12 de 10 cruzeiros de 1983.- 03 de 10 centavos de 1974.- 2 de 10 cruzeiros de 1985")</f>
+      </c>
+      <c r="C253" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D253" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F253" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60828", "669")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60828", " Lote com: 76 moedas de 20 centavos de 1978")</f>
+      </c>
+      <c r="C254" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D254" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F254" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60836", "671")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60836", " Lote com: 70 moedas de 20 centavos de 1967 em cupro-niquel")</f>
+      </c>
+      <c r="C255" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D255" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F255" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60833", "673")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60833", " Lote com: 95 moedas de 20 centavos de 1977 ")</f>
+      </c>
+      <c r="C256" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D256" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F256" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60850", "674")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60850", " mesa de canto anos 70 madeira torneada imbuia - 63/48 cm")</f>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D257" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F257" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60834", "675")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60834", " Lote com: 120 moedas de 20 centavos de 1970 em cupro-niquel")</f>
+      </c>
+      <c r="C258" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D258" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F258" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60849", "676")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60849", " Lustre bronze cravejado com cristais transparentes e lilás, 1 lâmpada. 22x15cm")</f>
+      </c>
+      <c r="C259" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D259" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F259" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60851", "678")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60851", " Porta alianças em metal 15 cm de diâmetro, acompanha paliteiro em estanho 12 cm de altura")</f>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D260" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F260" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60840", "679")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60840", " Mesa de centro oriental decorada do 41 cm de altura x 1,03 m x 48 cm")</f>
+      </c>
+      <c r="C261" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D261" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F261" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60702", "682")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60702", " Ânfora em metal espessurado a prata, Século XX, 37 cm de altura")</f>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D262" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F262" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60837", "683")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60837", " Antigo Cepo de madeira 08 pesos  15 x 9 x 6cm")</f>
+      </c>
+      <c r="C263" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D263" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E263" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F263" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60876", "684")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60876", " Torso 28cm 10 Partes Assexuado Corpo Humano")</f>
+      </c>
+      <c r="C264" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D264" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F264" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60878", "688")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60878", " Tapete importado pele de cordeiro legitimo, cor branca, com forro em algodão,150x100 cm")</f>
+      </c>
+      <c r="C265" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D265" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F265" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60858", "689")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60858", " Antigo Trinchante de metal dourado, indiano")</f>
+      </c>
+      <c r="C266" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D266" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E266" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F266" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60880", "690")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60880", " Antigo gomil em metal espessurado , anos XX, suporte original, com 28 cm de altura e suporte com 30 cm de diâmetro")</f>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D267" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F267" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60731", "691")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60731", " Escultura águia em bronze , suporte em mármore preto: 17x11cm")</f>
+      </c>
+      <c r="C268" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D268" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F268" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60717", "692")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60717", " Raro relógio Alemão JUNGHANS de parede em madeira nobre, modelo Cavalinho, funcionando  batidas em meia hora e hora cheia.  100 cm de altura, 35 cm de largura e 18 cm de profundidade.")</f>
+      </c>
+      <c r="C269" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D269" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E269" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F269" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
+      <c r="A270" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60860", "693")</f>
+      </c>
+      <c r="B270" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60860", "  Kit mini copo para licor em metal, contraste "bandeja com 15 cm de comprimento e 11 cm de largura e copinhos com 4 cm de altura a parte em prata. Copinhos em plástico verde")</f>
+      </c>
+      <c r="C270" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D270" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E270" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F270" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
+      <c r="A271" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60859", "695")</f>
+      </c>
+      <c r="B271" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60859", " Medalhão em porcelana Japonesa, Século XIX, decoração em ouro, em moldura de madeira com resquícios de folha de ouro. Medalhão de porcelana em excelente estado, 41 cm de diâmetro, Moldura: 70 cm X 70 cm.")</f>
+      </c>
+      <c r="C271" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D271" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F271" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
+      <c r="A272" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60882", "696")</f>
+      </c>
+      <c r="B272" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60882", " Samovar em bronze polido 32 cm de altura.")</f>
+      </c>
+      <c r="C272" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D272" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F272" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
+      <c r="A273" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60883", "700")</f>
+      </c>
+      <c r="B273" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60883", " Lote com: Coleção cim 824 fitas cassete e mais 60 cd sem as capas")</f>
+      </c>
+      <c r="C273" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D273" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E273" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F273" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
+      <c r="A274" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60885", "702")</f>
+      </c>
+      <c r="B274" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60885", " Lote com 55 fitas cassete novas,4 fitas pra filmadora,19 fitas vhs novas ")</f>
+      </c>
+      <c r="C274" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D274" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E274" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F274" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
+      <c r="A275" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60854", "703")</f>
+      </c>
+      <c r="B275" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60854", " Lote com videogames antigos,acessórios,revistas cds,etc ")</f>
+      </c>
+      <c r="C275" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D275" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E275" s="5" t="inlineStr">
+        <is>
+          <t>3.300,00</t>
+        </is>
+      </c>
+      <c r="F275" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
+      <c r="A276" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60887", "704")</f>
+      </c>
+      <c r="B276" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60887", " Lote com livros de área médica")</f>
+      </c>
+      <c r="C276" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D276" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E276" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F276" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
+      <c r="A277" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60865", "705")</f>
+      </c>
+      <c r="B277" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60865", " Lote com filmes e desenhos antigos de rolo ")</f>
+      </c>
+      <c r="C277" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D277" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E277" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F277" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
+      <c r="A278" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60714", "706")</f>
+      </c>
+      <c r="B278" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60714", " Recuperador de cds,dvds blu ray - tira arranhões - Funcionando ")</f>
+      </c>
+      <c r="C278" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D278" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E278" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F278" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
+      <c r="A279" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60732", "707")</f>
+      </c>
+      <c r="B279" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60732", " Lote com: peças  informaticas monitores,cabos, driver,s hd's memorias , etc")</f>
+      </c>
+      <c r="C279" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D279" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E279" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F279" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
+      <c r="A280" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60889", "710")</f>
+      </c>
+      <c r="B280" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60889", " Cuba antiga em bronze/latão 48/44 cm obs.: esse brilho é original do polimento NÃO é spray dourado.")</f>
+      </c>
+      <c r="C280" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D280" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F280" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
+      <c r="A281" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60863", "713")</f>
+      </c>
+      <c r="B281" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60863", " Relógio Olho de Boi - Silco, em madeira, vidro bombê, completo, diâmetro 40 cm, não testado")</f>
+      </c>
+      <c r="C281" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D281" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F281" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
+      <c r="A282" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60734", "715")</f>
+      </c>
+      <c r="B282" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60734", " Balde de gelo em madeira  29/18/18 cm ")</f>
+      </c>
+      <c r="C282" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D282" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F282" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
+      <c r="A283" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60723", "716")</f>
+      </c>
+      <c r="B283" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60723", " Telefone antigo 33 cm de altura.")</f>
+      </c>
+      <c r="C283" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D283" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E283" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F283" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
+      <c r="A284" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60856", "717")</f>
+      </c>
+      <c r="B284" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60856", " Lote com 16 insetos empalhados ")</f>
+      </c>
+      <c r="C284" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D284" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E284" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F284" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
+      <c r="A285" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60721", "718")</f>
+      </c>
+      <c r="B285" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60721", " Maquina de cortar grama funcionando")</f>
+      </c>
+      <c r="C285" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D285" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E285" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F285" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
+      <c r="A286" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60866", "719")</f>
+      </c>
+      <c r="B286" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60866", " Lote com: 8 copos colecionáveis - coca cola ")</f>
+      </c>
+      <c r="C286" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D286" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E286" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F286" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
+      <c r="A287" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60894", "720")</f>
+      </c>
+      <c r="B287" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60894", " Relógios antigos sem teste ")</f>
+      </c>
+      <c r="C287" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D287" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E287" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F287" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
+      <c r="A288" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60871", "721")</f>
+      </c>
+      <c r="B288" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60871", " Escultura em bronze base em mármore 30x10cm")</f>
+      </c>
+      <c r="C288" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D288" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E288" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F288" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
+      <c r="A289" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60892", "722")</f>
+      </c>
+      <c r="B289" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60892", " Antigo Cinzeiro anos 60 em metal - 13cm")</f>
+      </c>
+      <c r="C289" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D289" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E289" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F289" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
+      <c r="A290" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60868", "723")</f>
+      </c>
+      <c r="B290" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60868", " Despertador de mesa, anos 70 Herweg 28x23cm")</f>
+      </c>
+      <c r="C290" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D290" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E290" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F290" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
+      <c r="A291" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60873", "725")</f>
+      </c>
+      <c r="B291" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60873", " Esculturas em madeira nobre - 18cm")</f>
+      </c>
+      <c r="C291" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D291" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E291" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F291" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
+      <c r="A292" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60725", "726")</f>
+      </c>
+      <c r="B292" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60725", " Galos de rinha em metal prateado, anos 70. 25cm")</f>
+      </c>
+      <c r="C292" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D292" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E292" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F292" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
+      <c r="A293" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60870", "727")</f>
+      </c>
+      <c r="B293" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60870", " Escultura rara Touro em jacarandá (com avarias)")</f>
+      </c>
+      <c r="C293" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D293" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E293" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F293" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
+      <c r="A294" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60922", "732")</f>
+      </c>
+      <c r="B294" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60922", " Espingarda decorativa,  120 cm")</f>
+      </c>
+      <c r="C294" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D294" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E294" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F294" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
+      <c r="A295" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60896", "733")</f>
+      </c>
+      <c r="B295" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60896", " Antigo relógio de parede, feito em madeira  80,0cm x 35,0cm. (Sem uso )")</f>
+      </c>
+      <c r="C295" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D295" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E295" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F295" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
+      <c r="A296" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60917", "736")</f>
+      </c>
+      <c r="B296" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60917", "  Relógio Antigo de Parede, cavalinho, máquina duas setas, , funcionando ")</f>
+      </c>
+      <c r="C296" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D296" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E296" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F296" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
+      <c r="A297" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60908", "737")</f>
+      </c>
+      <c r="B297" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60908", " JOGO PARA CAFÉ EM PORCELANA BRANCA ESMALTADA, COLEÇÃO MÉDAILLON,BORDA FILETADA A PRATA, CONTEM UM BULE, UMA LEITEIRA, SEIS PRATOS PARA PÃO E SEIS XÍCARAS DE CAFÉ")</f>
+      </c>
+      <c r="C297" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D297" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E297" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F297" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
+      <c r="A298" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60897", "739")</f>
+      </c>
+      <c r="B298" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60897", " CENTRO DE MESA  ESPESSURADO A PRATA, DECORADO DE FLORES, FOLHAS E PEROLADOS EM RELEVO. MED. 15 X 40 X14 CM")</f>
+      </c>
+      <c r="C298" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D298" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E298" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F298" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
+      <c r="A299" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60726", "740")</f>
+      </c>
+      <c r="B299" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60726", " Jogo de jantar, porcelana Renner branca decorada  Total 32 peças")</f>
+      </c>
+      <c r="C299" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D299" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E299" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F299" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
+      <c r="A300" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60742", "741")</f>
+      </c>
+      <c r="B300" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60742", " Licoleiras  demi cristal , bico de jaca. 25,5 cm alt")</f>
+      </c>
+      <c r="C300" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D300" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E300" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F300" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
+      <c r="A301" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60919", "742")</f>
+      </c>
+      <c r="B301" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60919", " mesa com 6 cadeiras em jacaranda,com tampo de mármore branco. Cadeiras assentos em palhinha  pés de cachimbo. 6 cadeiras  Tampo mesa 170 cm comp x 75 cm alt x 95 larg")</f>
+      </c>
+      <c r="C301" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D301" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E301" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F301" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
+      <c r="A302" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60899", "743")</f>
+      </c>
+      <c r="B302" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60899", " Aparelho de porcelana tchecoslováquia, para chá, café e bolo, fundo branco com decoração de flores nos tons coral com cinza e bordas com friso dourado, contendo: 65 pçs")</f>
+      </c>
+      <c r="C302" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D302" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F302" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
+      <c r="A303" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60920", "744")</f>
+      </c>
+      <c r="B303" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60920", " Lote com: 1 travessa para pão prateada e 1 porta bolo prateada BELPRATA ,  33x13,5 cm")</f>
+      </c>
+      <c r="C303" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D303" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E303" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F303" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
+      <c r="A304" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60901", "745")</f>
+      </c>
+      <c r="B304" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60901", " RELÓGIO MADEIRA MACIÇA,MED: 32,5 X 9 X 18 CM. SEM CHAVE)")</f>
+      </c>
+      <c r="C304" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D304" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E304" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F304" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
+      <c r="A305" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60818", "746")</f>
+      </c>
+      <c r="B305" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60818", " CONJUNTO DE CAFÉ E CHÁ EM PORCELANA BRANCA SCHMIDT,  BORDAS FILETADAS A PRATA, DETALHES EM ALTO RELEVO, UM BULE, UMA LEITEIRA, CINCO XÍCARAS DE CHÁ E DUAS XÍCARAS DE CAFÉ. ")</f>
+      </c>
+      <c r="C305" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D305" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E305" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F305" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
+      <c r="A306" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60906", "747")</f>
+      </c>
+      <c r="B306" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60906", " Lote com: 2 colheres e dosador de drinks e 1 dosador de bebidas. Colheres no estojo original. Prata Wolff, Aurea e Cristofoli. Colheres 24 cm comp")</f>
+      </c>
+      <c r="C306" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D306" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E306" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F306" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
+      <c r="A307" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60923", "748")</f>
+      </c>
+      <c r="B307" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60923", "  JOGO DE CHÁ E CAFÉ EM METAL, REDONDO, COM DECORAÇÃO  EM ALTO RELEVO, SENDO DOIS BOWLS (23 X 23 E 21 X 23 CM), LEITEIRA (18,5 X 20 CM) E AÇUCAREIRO (17,5 X 17 CM - MOSSA)")</f>
+      </c>
+      <c r="C307" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D307" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E307" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F307" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
+      <c r="A308" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60740", "750")</f>
+      </c>
+      <c r="B308" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60740", " JOGO DE 2 BULES E AÇUCAREIRO MONOGRAMADOS EM METAL ESPESSURADO A PRATA,  DECORADOS COM TRABALHOS DE FOLHAS, FLORES E SULCOS EM RELEVO. PÉS EM PATA. MARCA NA BASE. . BULE MAIOR 23,5 CM")</f>
+      </c>
+      <c r="C308" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D308" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E308" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F308" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
+      <c r="A309" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60910", "751")</f>
+      </c>
+      <c r="B309" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60910", " Lote com: 16 vidros para luminaria")</f>
+      </c>
+      <c r="C309" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D309" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E309" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F309" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
+      <c r="A310" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60904", "753")</f>
+      </c>
+      <c r="B310" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60904", " Lote com: Itens diversos ")</f>
+      </c>
+      <c r="C310" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D310" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E310" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F310" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
+      <c r="A311" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60794", "754")</f>
+      </c>
+      <c r="B311" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60794", " Lote com panela Vision e diversos itens")</f>
+      </c>
+      <c r="C311" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D311" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E311" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F311" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
+      <c r="A312" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60798", "755")</f>
+      </c>
+      <c r="B312" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60798", " Lote com radios disc mans etc")</f>
+      </c>
+      <c r="C312" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D312" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E312" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F312" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
+      <c r="A313" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60787", "756")</f>
+      </c>
+      <c r="B313" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60787", " Coleção mini craques coca cola 27 bonecos")</f>
+      </c>
+      <c r="C313" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D313" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E313" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F313" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
+      <c r="A314" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60752", "757")</f>
+      </c>
+      <c r="B314" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60752", " Coleção com 22 fitas  Chaplin")</f>
+      </c>
+      <c r="C314" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D314" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E314" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F314" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
+      <c r="A315" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60754", "758")</f>
+      </c>
+      <c r="B315" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60754", " Lote itens antigos ")</f>
+      </c>
+      <c r="C315" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D315" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E315" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F315" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
+      <c r="A316" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60792", "759")</f>
+      </c>
+      <c r="B316" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60792", " Lote com 50 zipers grande 110 zipers pequenos um caso com alfinetes,e dois pés para máquina de costura")</f>
+      </c>
+      <c r="C316" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D316" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E316" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F316" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
+      <c r="A317" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60749", "760")</f>
+      </c>
+      <c r="B317" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60749", " Tv Antiga década de 80 ligando")</f>
+      </c>
+      <c r="C317" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D317" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E317" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F317" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
+      <c r="A318" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60915", "761")</f>
+      </c>
+      <c r="B318" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60915", " Carrinho antigo racer turbo")</f>
+      </c>
+      <c r="C318" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D318" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E318" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F318" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
+      <c r="A319" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60771", "762")</f>
+      </c>
+      <c r="B319" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60771", " Antigo mini laboratório")</f>
+      </c>
+      <c r="C319" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D319" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E319" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F319" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
+      <c r="A320" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60758", "763")</f>
+      </c>
+      <c r="B320" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60758", " Carrinho antigo lp 5000  sem teste")</f>
+      </c>
+      <c r="C320" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D320" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E320" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F320" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
+      <c r="A321" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60768", "764")</f>
+      </c>
+      <c r="B321" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60768", " Rara vitrolinha syphonic sem testes")</f>
+      </c>
+      <c r="C321" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D321" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E321" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F321" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
+      <c r="A322" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60770", "765")</f>
+      </c>
+      <c r="B322" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60770", " Lote com: calculadoras antigas - 29 itens")</f>
+      </c>
+      <c r="C322" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D322" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E322" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F322" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
+      <c r="A323" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60813", "766")</f>
+      </c>
+      <c r="B323" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60813", " Joytisc para pc")</f>
+      </c>
+      <c r="C323" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D323" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E323" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F323" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
+      <c r="A324" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60796", "767")</f>
+      </c>
+      <c r="B324" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60796", " Videogame Atari sem teste")</f>
+      </c>
+      <c r="C324" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D324" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E324" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F324" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
+      <c r="A325" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60811", "768")</f>
+      </c>
+      <c r="B325" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60811", " Rádio com relogio sharp década de 80")</f>
+      </c>
+      <c r="C325" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D325" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E325" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F325" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
+      <c r="A326" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60801", "769")</f>
+      </c>
+      <c r="B326" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60801", " Dois termômetros werkprufschein")</f>
+      </c>
+      <c r="C326" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D326" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E326" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F326" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
+      <c r="A327" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60816", "770")</f>
+      </c>
+      <c r="B327" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60816", " Forte apache ")</f>
+      </c>
+      <c r="C327" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D327" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E327" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F327" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
+      <c r="A328" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60807", "771")</f>
+      </c>
+      <c r="B328" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60807", " Lote com : perucas , cabelos, enfeites, bijouterias, relogios, etc")</f>
+      </c>
+      <c r="C328" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D328" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E328" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F328" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
+      <c r="A329" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60902", "772")</f>
+      </c>
+      <c r="B329" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60902", " Lote com: peças de  geladeiras antigas - 12 itens")</f>
+      </c>
+      <c r="C329" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D329" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E329" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F329" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
+      <c r="A330" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60763", "773")</f>
+      </c>
+      <c r="B330" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60763", " Lote com: livros infantis - varios títulos ")</f>
+      </c>
+      <c r="C330" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D330" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E330" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F330" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
+      <c r="A331" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60912", "774")</f>
+      </c>
+      <c r="B331" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60912", " Lote com: 16 cartuchos - Nintendo 64")</f>
+      </c>
+      <c r="C331" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D331" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E331" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F331" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
+      <c r="A332" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60814", "775")</f>
+      </c>
+      <c r="B332" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60814", " Lote com dvds Conversores dvds, receivers vídeos cassetes")</f>
+      </c>
+      <c r="C332" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D332" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E332" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F332" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
+      <c r="A333" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60819", "776")</f>
+      </c>
+      <c r="B333" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60819", " Terno importado italia, séc XIX, em alabastro, partes  em bronze dourado, 1 centro de mesa-floreira,  um par de castiçais pra duas velas representando Arpas. Med 17x30 cm (Centro de mesa) e 35x20 cm( Castiçais).")</f>
+      </c>
+      <c r="C333" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D333" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E333" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F333" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
+      <c r="A334" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60925", "777")</f>
+      </c>
+      <c r="B334" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60925", " Candelabro importado para 5 velas em ferro fundido patina dourada coluna com trabalhos em vazados e bordas retorcidas e pés recurvos medindo 1,85 x 70 cm")</f>
+      </c>
+      <c r="C334" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D334" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E334" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F334" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
+      <c r="A335" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60773", "778")</f>
+      </c>
+      <c r="B335" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60773", " Jogo de cha importado MADE IN JAPAN  Oriental pintada à mão,   total de 12 peças")</f>
+      </c>
+      <c r="C335" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D335" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E335" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F335" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
+      <c r="A336" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60788", "779")</f>
+      </c>
+      <c r="B336" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60788", " Lote com: 4 Pratos para Bolo importados Orientais, em porcelana branca  casca de ovo, pintados à mão,  Diâmetro: 17 cm")</f>
+      </c>
+      <c r="C336" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D336" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E336" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F336" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
+      <c r="A337" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60782", "780")</f>
+      </c>
+      <c r="B337" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60782", " Lote com: 10 antigas xícaras para café, em metal, com recipientes em porcelana filetada a prata.  dois conjunto, um com 4 e outro com 6 peças")</f>
+      </c>
+      <c r="C337" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D337" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E337" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F337" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
+      <c r="A338" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60799", "781")</f>
+      </c>
+      <c r="B338" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60799", " Conjunto licoreiro francês, séc XIX , em cristal Saint Louis  tom azul, finamente lavrados. em metal espessurado a prata  cinzelada, 4 pés Med 22x31x12 cm. 1 taça colada.")</f>
+      </c>
+      <c r="C338" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D338" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E338" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F338" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
+      <c r="A339" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60803", "783")</f>
+      </c>
+      <c r="B339" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60803", " Garrafa para Whisky, em cristal translucido, lavrada e lapidada. Med 26 cm.")</f>
+      </c>
+      <c r="C339" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D339" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E339" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F339" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
+      <c r="A340" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60776", "784")</f>
+      </c>
+      <c r="B340" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60776", " Doceira francesa em metal espessurado a prata e vidro mão azul cobalto. 32 cm de altura ")</f>
+      </c>
+      <c r="C340" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D340" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E340" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F340" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
+      <c r="A341" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60805", "785")</f>
+      </c>
+      <c r="B341" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60805", " Jogo para chá japonês, porcelana casca de ovo,  Constando 1 leiteira, 4 pratos par bolo e 11 xícaras (1 quebrada)) ")</f>
+      </c>
+      <c r="C341" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D341" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E341" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F341" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
+      <c r="A342" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60778", "786")</f>
+      </c>
+      <c r="B342" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60778", " Adaga turca de coleção em bronze dourado, aplicação de Pedra.  bainha no mesmo padrão. Peça marcada.28 cm")</f>
+      </c>
+      <c r="C342" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D342" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E342" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F342" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
+      <c r="A343" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60779", "789")</f>
+      </c>
+      <c r="B343" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60779", " RELÓGIO AMERICANO,  SESSIONS ÁGUIA EM BRONZE,  BASE DE MADEIRA. ALTURA DE 26,5 CM")</f>
+      </c>
+      <c r="C343" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D343" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E343" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F343" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
+      <c r="A344" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60791", "790")</f>
+      </c>
+      <c r="B344" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60791", " SAMOVAR EM METAL ESPESSURADO A PRATA. 25 CM")</f>
+      </c>
+      <c r="C344" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D344" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E344" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F344" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
+      <c r="A345" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60781", "791")</f>
+      </c>
+      <c r="B345" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60781", " Relógio de parede alemão, em madeira nobre, 47x28x10 cm")</f>
+      </c>
+      <c r="C345" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D345" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E345" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F345" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
+      <c r="A346" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60786", "792")</f>
+      </c>
+      <c r="B346" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60786", " Antigo conjunto galheteiro, ANOS 40, em cerâmica vitrificada  1 bandeja, 1 molheira, 1 galeta, 1 saleiro, 1 pimenteiro. Total 4 peças. Peças marcadas ao fundo. Med.: 6 a 26x20 cm")</f>
+      </c>
+      <c r="C346" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D346" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E346" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F346" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
+      <c r="A347" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60809", "795")</f>
+      </c>
+      <c r="B347" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60809", " Balança fizola de 150 quilos funcionando")</f>
+      </c>
+      <c r="C347" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D347" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E347" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F347" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
+      <c r="A348" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60790", "796")</f>
+      </c>
+      <c r="B348" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60790", " Balança welmy de 300 quilos")</f>
+      </c>
+      <c r="C348" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D348" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E348" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F348" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
+      <c r="A349" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60784", "797")</f>
+      </c>
+      <c r="B349" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60784", " Escultura Leão, em madeira nobre,10x22 cm.")</f>
+      </c>
+      <c r="C349" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D349" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E349" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F349" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
+      <c r="A350" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60982", "800")</f>
+      </c>
+      <c r="B350" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60982", " Raro carrinho musical estrela - Funcionando ( 23 x 17cm) ")</f>
+      </c>
+      <c r="C350" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D350" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E350" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F350" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
+      <c r="A351" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60931", "802")</f>
+      </c>
+      <c r="B351" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60931", " Miniaturas de conjunto em porcelana - 2 ânforas , 2 jarras e 1 xícara ")</f>
+      </c>
+      <c r="C351" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D351" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E351" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F351" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
+      <c r="A352" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60927", "803")</f>
+      </c>
+      <c r="B352" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60927", " Mesa de centro em jacarandá estilo chipandelli - ( 45 x 45 x 80 cm) ")</f>
+      </c>
+      <c r="C352" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D352" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E352" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F352" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
+      <c r="A353" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60936", "805")</f>
+      </c>
+      <c r="B353" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60936", " Raro faqueiro completo com talheres para peixe em prata 90 Wolff dos anos 60, original.  130 peças.")</f>
+      </c>
+      <c r="C353" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D353" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E353" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F353" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
+      <c r="A354" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60954", "806")</f>
+      </c>
+      <c r="B354" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60954", " Relógio americano de parede em madeira")</f>
+      </c>
+      <c r="C354" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D354" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E354" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F354" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
+      <c r="A355" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60930", "807")</f>
+      </c>
+      <c r="B355" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60930", " Namoradeira  em jacarandá maciça, antiguidade ( 0,90  x 2.00 x 0,45cm - braço pouco bambo)")</f>
+      </c>
+      <c r="C355" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D355" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E355" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F355" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
+      <c r="A356" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60943", "808")</f>
+      </c>
+      <c r="B356" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60943", " Rara poltrona, de  madeira nobre maciça.( 90 cm x 100 cm x 66 cm -  otimo estado.)")</f>
+      </c>
+      <c r="C356" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D356" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E356" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F356" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
+      <c r="A357" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60977", "810")</f>
+      </c>
+      <c r="B357" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60977", " Lote com: 250 formas de diverso tamanhos novas e usadas")</f>
+      </c>
+      <c r="C357" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D357" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E357" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F357" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
+      <c r="A358" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60983", "811")</f>
+      </c>
+      <c r="B358" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60983", " Lote com: 8 Baldes de gelo  inoxidável. Diâmetro médio 21 cm. com 3 pegadores")</f>
+      </c>
+      <c r="C358" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D358" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E358" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F358" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
+      <c r="A359" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60949", "813")</f>
+      </c>
+      <c r="B359" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60949", " Lote com: 250 formas de diverso tamanhos novas e usadas")</f>
+      </c>
+      <c r="C359" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D359" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E359" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F359" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
+      <c r="A360" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60981", "814")</f>
+      </c>
+      <c r="B360" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60981", " Lote com: 250 formas de diverso tamanhos novas e usadas")</f>
+      </c>
+      <c r="C360" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D360" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E360" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F360" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
+      <c r="A361" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60976", "815")</f>
+      </c>
+      <c r="B361" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60976", " Lote com: 130 formas de diverso tamanhos novas e usadas")</f>
+      </c>
+      <c r="C361" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D361" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E361" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F361" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
+      <c r="A362" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60962", "816")</f>
+      </c>
+      <c r="B362" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60962", " Antiga máquina fotográfica AGF - Sem teste")</f>
+      </c>
+      <c r="C362" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D362" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E362" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F362" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
+      <c r="A363" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60974", "818")</f>
+      </c>
+      <c r="B363" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60974", " Antigo telefone de madeira e metal, 78cm de altura")</f>
+      </c>
+      <c r="C363" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D363" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E363" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F363" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
+      <c r="A364" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60926", "819")</f>
+      </c>
+      <c r="B364" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60926", " Rara cadeira Savanarola  tamanho 93x55x75cm")</f>
+      </c>
+      <c r="C364" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D364" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E364" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F364" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
+      <c r="A365" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60957", "820")</f>
+      </c>
+      <c r="B365" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60957", " Balança de ourives, tamanho 50X40X28cm")</f>
+      </c>
+      <c r="C365" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D365" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E365" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F365" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
+      <c r="A366" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60975", "822")</f>
+      </c>
+      <c r="B366" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60975", " Lote com: 3 bandejas metal espessurado à prata - 39 cm")</f>
+      </c>
+      <c r="C366" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D366" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E366" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F366" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
+      <c r="A367" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60953", "823")</f>
+      </c>
+      <c r="B367" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60953", " Mesa de centro em madeira embuia 45x79x44cm")</f>
+      </c>
+      <c r="C367" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D367" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E367" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F367" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
+      <c r="A368" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60942", "824")</f>
+      </c>
+      <c r="B368" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60942", " Jogo com Bowl  e bandeja fracalanza - 14x33 cm  Bandeja  53x36 cm")</f>
+      </c>
+      <c r="C368" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D368" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E368" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F368" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
+      <c r="A369" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60964", "825")</f>
+      </c>
+      <c r="B369" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60964", " Lote com: 4 travessas fundas em inox - 03x26x20 cm maior e 03x20x13 cm menor")</f>
+      </c>
+      <c r="C369" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D369" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E369" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F369" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
+      <c r="A370" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60951", "826")</f>
+      </c>
+      <c r="B370" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60951", " Balança anos 70 feita de madeira , com guarnições em metal dourado com Termômetro embutido funcionando. 20x18 cm")</f>
+      </c>
+      <c r="C370" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D370" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E370" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F370" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
+      <c r="A371" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60966", "827")</f>
+      </c>
+      <c r="B371" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60966", " Lote com: duas floreiras marroquinas, bronze dourado, altura 25 cm")</f>
+      </c>
+      <c r="C371" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D371" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E371" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F371" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
+      <c r="A372" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60933", "828")</f>
+      </c>
+      <c r="B372" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60933", " Imagem, em jacarandá maciço, entalhada a mão, Cristo.30x25 cm")</f>
+      </c>
+      <c r="C372" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D372" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E372" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F372" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
+      <c r="A373" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60945", "829")</f>
+      </c>
+      <c r="B373" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60945", " Jogo de chá europeia, em metal espessurado a prata 2 bules, 1 açucareiro, 1 tea cad, 1 cremeira. Med.: 15 a 25 cm")</f>
+      </c>
+      <c r="C373" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D373" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E373" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F373" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
+      <c r="A374" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60952", "830")</f>
+      </c>
+      <c r="B374" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60952", " Lote com: 2  enfeites metal espessurado a prata, 11x/5 cm")</f>
+      </c>
+      <c r="C374" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D374" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E374" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F374" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
+      <c r="A375" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60928", "831")</f>
+      </c>
+      <c r="B375" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60928", " Relógio Technos Classic Steel, NUNCA USADO na embalagem original")</f>
+      </c>
+      <c r="C375" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D375" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E375" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F375" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
+      <c r="A376" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60967", "832")</f>
+      </c>
+      <c r="B376" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60967", " Antiga garrucha decorativa em madeira e bronze - 30cm ")</f>
+      </c>
+      <c r="C376" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D376" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E376" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F376" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
+      <c r="A377" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60959", "833")</f>
+      </c>
+      <c r="B377" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60959", " Relógio Technos Executive , pulseira com alongador de aço e dourado, novo com manual")</f>
+      </c>
+      <c r="C377" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D377" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E377" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F377" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
+      <c r="A378" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60947", "834")</f>
+      </c>
+      <c r="B378" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60947", " Faqueiro de talheres, dourado, 40 peças,")</f>
+      </c>
+      <c r="C378" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D378" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E378" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F378" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
+      <c r="A379" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60989", "835")</f>
+      </c>
+      <c r="B379" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60989", " Esculturas de bronze Faisão 32 cm de comprimento")</f>
+      </c>
+      <c r="C379" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D379" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E379" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F379" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
+      <c r="A380" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60937", "836")</f>
+      </c>
+      <c r="B380" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60937", " Par de Castiçais, inglês, de metal, 29 cm de altura.")</f>
+      </c>
+      <c r="C380" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D380" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E380" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F380" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
+      <c r="A381" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60985", "837")</f>
+      </c>
+      <c r="B381" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60985", " Relógio Seiko, dourado, 100 m, com extensão da pulseira, sem uso")</f>
+      </c>
+      <c r="C381" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D381" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E381" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F381" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
+      <c r="A382" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60992", "839")</f>
+      </c>
+      <c r="B382" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60992", " Candelabros, Ingleses, em cobre banho de prata,  podem ser usados como castiçal, partes removíveis (46cm x 41cm). ")</f>
+      </c>
+      <c r="C382" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D382" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E382" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F382" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
+      <c r="A383" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60965", "841")</f>
+      </c>
+      <c r="B383" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60965", " lote com: 26 peças diversas espessurada à prata. maior mede 16 cm.")</f>
+      </c>
+      <c r="C383" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D383" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E383" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F383" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
+      <c r="A384" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60944", "842")</f>
+      </c>
+      <c r="B384" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60944", " Lote com: peças diversas em bronze e metal dourado.  vários tamanhos Altura da maior: 34 cm. Bule - aparentemente em cobre. 36 cm.")</f>
+      </c>
+      <c r="C384" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D384" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E384" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F384" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
+      <c r="A385" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60991", "843")</f>
+      </c>
+      <c r="B385" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60991", " Fruteira espessurada à prata. 31 x 27 cm. Cálice espessurado à prata. 27 cm")</f>
+      </c>
+      <c r="C385" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D385" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E385" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F385" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
+      <c r="A386" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60948", "844")</f>
+      </c>
+      <c r="B386" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60948", " Lote com: 20 peças diversas espessuradas à prata. varios tamanhos - maior 28 cm ")</f>
+      </c>
+      <c r="C386" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D386" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E386" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F386" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
+      <c r="A387" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60986", "845")</f>
+      </c>
+      <c r="B387" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60986", "  Lote com diversos itens de informática com impressoras")</f>
+      </c>
+      <c r="C387" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D387" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E387" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F387" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
+      <c r="A388" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60972", "846")</f>
+      </c>
+      <c r="B388" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60972", " Corrente prata 925")</f>
+      </c>
+      <c r="C388" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D388" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E388" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F388" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
+      <c r="A389" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60973", "847")</f>
+      </c>
+      <c r="B389" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60973", " Castiçal candelabro importado em metal tamanho,28 x 20cm")</f>
+      </c>
+      <c r="C389" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D389" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E389" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F389" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
+      <c r="A390" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60935", "848")</f>
+      </c>
+      <c r="B390" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60935", " Raro projetor Viewlex importado USA- conservado, ligando - maleta original.  Mede 36 x 23 x 13cm.")</f>
+      </c>
+      <c r="C390" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D390" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E390" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F390" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
+      <c r="A391" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60956", "849")</f>
+      </c>
+      <c r="B391" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60956", " Jogo de talheres importados japao banhados a ouro, são 139 peças sendo 10 jogos de talheres com 12 unidades cada, 01 jogo com 11 facas de sobremesa e 8 de serviços. Produto conservado, antigo, apresenta pouco desgaste. acompanha 12 embalagens de 6 unidades. Restante todos embalados individualmente.")</f>
+      </c>
+      <c r="C391" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D391" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E391" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F391" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
+      <c r="A392" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60958", "850")</f>
+      </c>
+      <c r="B392" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60958", " duas colheres de parede  em madeira 56cm")</f>
+      </c>
+      <c r="C392" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D392" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E392" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F392" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
+      <c r="A393" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60971", "851")</f>
+      </c>
+      <c r="B393" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60971", " Medalhão em metal - Com detalhes em alto relevo")</f>
+      </c>
+      <c r="C393" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D393" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E393" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F393" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
+      <c r="A394" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60938", "852")</f>
+      </c>
+      <c r="B394" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60938", " Lote com: diversos itens antigos coleção,canetas, isqueiros,notas,moedas,abridores,abajur etc")</f>
+      </c>
+      <c r="C394" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D394" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E394" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F394" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
+      <c r="A395" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60963", "853")</f>
+      </c>
+      <c r="B395" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60963", " Lote com: canetas de tintas antigas canivete  déc de 80,mais itens escolares")</f>
+      </c>
+      <c r="C395" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D395" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E395" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F395" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
+      <c r="A396" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60950", "854")</f>
+      </c>
+      <c r="B396" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60950", " Lote com: pranchas e secador - funcionando ")</f>
+      </c>
+      <c r="C396" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D396" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E396" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F396" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
+      <c r="A397" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60961", "855")</f>
+      </c>
+      <c r="B397" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60961", " Lote com: carregador antigo de pilhas,e rebobinadores de fitas de vhs e  canteadeira antiga ")</f>
+      </c>
+      <c r="C397" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D397" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E397" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F397" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
+      <c r="A398" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60941", "856")</f>
+      </c>
+      <c r="B398" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60941", " Apontador de lápis antigo - funcionando")</f>
+      </c>
+      <c r="C398" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D398" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E398" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F398" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
+      <c r="A399" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60993", "857")</f>
+      </c>
+      <c r="B399" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60993", " Escultura em madeira maciça - pantera  160 cm de comprimento,  65 cm de altura.")</f>
+      </c>
+      <c r="C399" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D399" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E399" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F399" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
+      <c r="A400" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60940", "858")</f>
+      </c>
+      <c r="B400" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60940", " Escultura em madeira nobre de leão.  220 cm de comprimento,  95 cm de altura. Peso  - 500 kg")</f>
+      </c>
+      <c r="C400" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D400" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E400" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F400" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
+      <c r="A401" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60990", "859")</f>
+      </c>
+      <c r="B401" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60990", " Escultura de ferro fundido,   198cm de altura")</f>
+      </c>
+      <c r="C401" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D401" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E401" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F401" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
+      <c r="A402" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60968", "860")</f>
+      </c>
+      <c r="B402" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60968", " Rara escultura de madeira entalhada, de peixe ROBALO. tamanho 198cm de altura. 78cm de largura.")</f>
+      </c>
+      <c r="C402" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D402" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E402" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F402" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
+      <c r="A403" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60960", "861")</f>
+      </c>
+      <c r="B403" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60960", " Rara e única escultura de caranguejo importada - Apróx 1.50m ")</f>
+      </c>
+      <c r="C403" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D403" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E403" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F403" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
+      <c r="A404" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60987", "863")</f>
+      </c>
+      <c r="B404" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60987", " Coleção com 5 reloginhos antigos")</f>
+      </c>
+      <c r="C404" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D404" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E404" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F404" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
+      <c r="A405" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60946", "864")</f>
+      </c>
+      <c r="B405" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60946", " Escultura em madeira maciça -  89 cm altura")</f>
+      </c>
+      <c r="C405" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D405" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E405" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F405" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
+      <c r="A406" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60984", "865")</f>
+      </c>
+      <c r="B406" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60984", " Coleção com 5 reloginhos antigos")</f>
+      </c>
+      <c r="C406" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D406" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E406" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F406" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
+      <c r="A407" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60969", "866")</f>
+      </c>
+      <c r="B407" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60969", " Projetor de slides marca Projecflx sem teste")</f>
+      </c>
+      <c r="C407" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D407" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E407" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F407" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
+      <c r="A408" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60978", "867")</f>
+      </c>
+      <c r="B408" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60978", " Coleção com 5 reloginhos antigos ")</f>
+      </c>
+      <c r="C408" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D408" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E408" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F408" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
+      <c r="A409" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60980", "868")</f>
+      </c>
+      <c r="B409" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60980", " Projetor sonoro de 8 mm  Magnon modelo SD-800,37 x 25 x 33 cm. sem teste")</f>
+      </c>
+      <c r="C409" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D409" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E409" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F409" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
+      <c r="A410" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60994", "869")</f>
+      </c>
+      <c r="B410" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60994", " Coleção com 5 reloginhos antigos")</f>
+      </c>
+      <c r="C410" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D410" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E410" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F410" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
+      <c r="A411" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60979", "870")</f>
+      </c>
+      <c r="B411" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60979", " Maquina de moer carne indústrial - funcionando")</f>
+      </c>
+      <c r="C411" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D411" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E411" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F411" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
+      <c r="A412" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60995", "871")</f>
+      </c>
+      <c r="B412" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60995", " Replica pistola SMITH ")</f>
+      </c>
+      <c r="C412" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D412" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E412" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F412" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
+      <c r="A413" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60988", "872")</f>
+      </c>
+      <c r="B413" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60988", " Coleção particular de conversões de fitas vhs pra DVDs  filmes,novelas antigas, desenho da decada 70,80,seriados antigos,Filmes raros gravados da tv aberta- Apróx 5000 dvds")</f>
+      </c>
+      <c r="C413" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D413" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E413" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F413" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
+      <c r="A414" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60996", "873")</f>
+      </c>
+      <c r="B414" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60996", "Escultura rara - Apróx 1.30")</f>
+      </c>
+      <c r="C414" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D414" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E414" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F414" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
+      <c r="A415" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60997", "874")</f>
+      </c>
+      <c r="B415" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60997", "Escultura - Onça - Apróx 70cm")</f>
+      </c>
+      <c r="C415" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D415" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E415" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F415" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
+      <c r="A416" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60998", "875")</f>
+      </c>
+      <c r="B416" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60998", "Escultura importada - Apróx. 1.50m")</f>
+      </c>
+      <c r="C416" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D416" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E416" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F416" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
+      <c r="A417" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60999", "876")</f>
+      </c>
+      <c r="B417" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60999", "Escultura importada - tartaruga - Apróx 90cm ")</f>
+      </c>
+      <c r="C417" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D417" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E417" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F417" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
+      <c r="A418" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61000", "877")</f>
+      </c>
+      <c r="B418" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61000", "Lote com: 20 uni. Chevrolet Collection - sem uso - na caixa - escala 1:43")</f>
+      </c>
+      <c r="C418" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D418" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E418" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F418" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
+      <c r="A419" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62890", "878")</f>
+      </c>
+      <c r="B419" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62890", " jogo para café em porcelana chinesa importado , são: um bule (15,5cm), uma cremeira (7,5cm), um açucareiro (6,5cm), seis xícaras com pires (6cm) e um prato de serviço (27cm de diâmetro)")</f>
+      </c>
+      <c r="C419" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D419" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E419" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F419" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
+      <c r="A420" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62891", "879")</f>
+      </c>
+      <c r="B420" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62891", " jogo para sobremesa com seis 6 peças (3,5cm x 11,5cm), em metal prateado com vermeil na parte interna com 5colheres em metal (12cm) prateado coma ponta vermeil")</f>
+      </c>
+      <c r="C420" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D420" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E420" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F420" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
+      <c r="A421" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62889", "880")</f>
+      </c>
+      <c r="B421" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62889", " jogo para bolo, importado gottingem ITALY, contendo um prato para servir (34,5cm), doze garfos em metal (15cm), uma espátula (24cm) e uma faca (22,5cm)")</f>
+      </c>
+      <c r="C421" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D421" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E421" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F421" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
+      <c r="A422" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62892", "881")</f>
+      </c>
+      <c r="B422" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62892", " Antiga cadeira de balanço, de madeira maciça torneada  56 de largura x 108 cm de altura")</f>
+      </c>
+      <c r="C422" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D422" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E422" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F422" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
+      <c r="A423" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62893", "882")</f>
+      </c>
+      <c r="B423" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62893", " jogo de xicaras para café em porcelana chinesa, (6cm de altura).")</f>
+      </c>
+      <c r="C423" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D423" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E423" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F423" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
+      <c r="A424" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62894", "883")</f>
+      </c>
+      <c r="B424" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62894", " Telefone antigo de mármore, 18x18x30cm. ")</f>
+      </c>
+      <c r="C424" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D424" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E424" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F424" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
+      <c r="A425" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62895", "884")</f>
+      </c>
+      <c r="B425" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62895", " Vaso de porcelana chinesa, com peanha, vaso mede 36cm de diâmetro e 40cm de altura com a peanha")</f>
+      </c>
+      <c r="C425" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D425" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E425" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F425" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
+      <c r="A426" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62903", "885")</f>
+      </c>
+      <c r="B426" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62903", " Aparelho de Fondue importado, em metal, com Panela, suporte e rechaud,seis espetos na caixa. Dimensões: 25 cm X 16 cm X 31 cm ")</f>
+      </c>
+      <c r="C426" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D426" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E426" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F426" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
+      <c r="A427" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62896", "886")</f>
+      </c>
+      <c r="B427" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62896", " Dois Bules e uma Chaleira para 90 com cabo de madeiraDimensões: 14 cm X 15 cm; 13 cm X 17 cm; 12 cm 21 cm.")</f>
+      </c>
+      <c r="C427" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D427" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E427" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F427" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
+      <c r="A428" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62897", "887")</f>
+      </c>
+      <c r="B428" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62897", " Prato Decorativo iportado de Móvel ou Parede, executado em porcelana inglesa, YORKSHIRE - SR STAFFORDSHIRE - ENGLAND")</f>
+      </c>
+      <c r="C428" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D428" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E428" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F428" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
+      <c r="A429" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62900", "888")</f>
+      </c>
+      <c r="B429" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62900", " Poltrona Renascença, tecido floral, medindo 90x60 cm")</f>
+      </c>
+      <c r="C429" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D429" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E429" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F429" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
+      <c r="A430" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62898", "889")</f>
+      </c>
+      <c r="B430" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62898", " Gatos Madeira importado de bali Indonésia entalhada, maior mede 148cm de altura, menor mede 120cm")</f>
+      </c>
+      <c r="C430" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D430" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E430" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F430" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
+      <c r="A431" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62899", "890")</f>
+      </c>
+      <c r="B431" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62899", " Bule, em metal espessurado à prata 90, com Pega em madeira. Dimensões: 20 cm X 20 cm X 9 cm ")</f>
+      </c>
+      <c r="C431" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D431" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E431" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F431" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
+      <c r="A432" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62901", "891")</f>
+      </c>
+      <c r="B432" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62901", " Bule em metal espessurado à prata 90, cabo de madeira  Dimensões: 22 cm X 27 cm X 14 cm")</f>
+      </c>
+      <c r="C432" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D432" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E432" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F432" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
+      <c r="A433" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62902", "892")</f>
+      </c>
+      <c r="B433" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62902", " medalhão de parede em porcelana oriental,rica policromia em alto relevo pintado a mão com detalhes em dourado. Marcada com selo vermelho. Med. 33 cm alt.")</f>
+      </c>
+      <c r="C433" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D433" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E433" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F433" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
+      <c r="A434" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62905", "893")</f>
+      </c>
+      <c r="B434" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62905", " conjunto com bule para chá, bule para café e leiteira, em metal espessurado a prata WOLF. Med. maior 16,5 cm. altura. Bandeja 39 cm diâmetro.")</f>
+      </c>
+      <c r="C434" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D434" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E434" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F434" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
+      <c r="A435" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62904", "894")</f>
+      </c>
+      <c r="B435" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62904", " Katanas de coleção acabamento em metal. Med.: maior 35 cm. Obs: lâmina com oxidação ")</f>
+      </c>
+      <c r="C435" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D435" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E435" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F435" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
+      <c r="A436" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62906", "895")</f>
+      </c>
+      <c r="B436" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62906", " Lote com 28 peças em inox sendo: A)Conjunto composto de bule chá, bule para café, leiteira, açucareiro, e mantegueira,C)conjunto com oito taças para sobremesa sobremesa com pires, C) seis porta garrafas,D) Um bule para café com cabo de madeira, sem uso")</f>
+      </c>
+      <c r="C436" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D436" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E436" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F436" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
+      <c r="A437" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62907", "897")</f>
+      </c>
+      <c r="B437" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62907", " Lote com  Apróx. 2 mil livros varios títulos,em ótimo estado de conservação")</f>
+      </c>
+      <c r="C437" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D437" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E437" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F437" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
+      <c r="A438" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62909", "898")</f>
+      </c>
+      <c r="B438" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62909", " Lote  com peças  lego")</f>
+      </c>
+      <c r="C438" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D438" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E438" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F438" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
+      <c r="A439" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62910", "899")</f>
+      </c>
+      <c r="B439" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62910", " Coleção fascículos método Larousse inglês com 42 fitas,com 82 fascículos")</f>
+      </c>
+      <c r="C439" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D439" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E439" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F439" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
+      <c r="A440" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62911", "900")</f>
+      </c>
+      <c r="B440" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62911", " Rara bolsa minie década de 80- 41cm de comprimento  ,altura 25cm")</f>
+      </c>
+      <c r="C440" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D440" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E440" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F440" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
+      <c r="A441" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62925", "901")</f>
+      </c>
+      <c r="B441" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62925", " Escultura dragão feito em osso  Peça anos 50, 30 cm altura 30 de comprimento")</f>
+      </c>
+      <c r="C441" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D441" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E441" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F441" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
+      <c r="A442" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62923", "902")</f>
+      </c>
+      <c r="B442" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62923", " Lote com 6 antigos álbuns Nestlé supresa")</f>
+      </c>
+      <c r="C442" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D442" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E442" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F442" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
+      <c r="A443" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62917", "903")</f>
+      </c>
+      <c r="B443" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62917", " Boneco antigo fofão")</f>
+      </c>
+      <c r="C443" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D443" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E443" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F443" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
+      <c r="A444" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62916", "904")</f>
+      </c>
+      <c r="B444" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62916", " Maquina olivetti college  conservada")</f>
+      </c>
+      <c r="C444" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D444" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E444" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F444" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
+      <c r="A445" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62922", "905")</f>
+      </c>
+      <c r="B445" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62922", " Videogame Nintendo mais acessórios - funcionando ")</f>
+      </c>
+      <c r="C445" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D445" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E445" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F445" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
+      <c r="A446" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62921", "906")</f>
+      </c>
+      <c r="B446" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62921", " termômetro, higrometro e barômetro,importado Germânia (vidro trincado) (50cm de altura).")</f>
+      </c>
+      <c r="C446" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D446" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E446" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F446" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
+      <c r="A447" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62915", "907")</f>
+      </c>
+      <c r="B447" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62915", " Floreira Solifleur importada índia , em bronze  Altura:19,5")</f>
+      </c>
+      <c r="C447" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D447" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E447" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F447" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
+      <c r="A448" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62914", "908")</f>
+      </c>
+      <c r="B448" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62914", " Telefone antigo")</f>
+      </c>
+      <c r="C448" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D448" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E448" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F448" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
+      <c r="A449" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62924", "909")</f>
+      </c>
+      <c r="B449" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62924", " Floreira, em bronze, decorada com pavões coloridos. Dimensões: 26 cm X 10 cm")</f>
+      </c>
+      <c r="C449" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D449" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E449" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F449" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
+      <c r="A450" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62919", "910")</f>
+      </c>
+      <c r="B450" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62919", " Relógio de parede importado, feito âncora.35cm de altura. 23cm de largura")</f>
+      </c>
+      <c r="C450" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D450" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E450" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F450" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
+      <c r="A451" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62918", "911")</f>
+      </c>
+      <c r="B451" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62918", " Duas peças em metal aço inox bandeja e Wine cooler  Med. bandeja 41 cm diâmetro, wine cooler 18 x 23 cm diâmetro.")</f>
+      </c>
+      <c r="C451" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D451" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E451" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F451" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
+      <c r="A452" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62912", "912")</f>
+      </c>
+      <c r="B452" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62912", " Prato em porcelana oriental policromada pintada a mão - 24 cm de diâmetro.")</f>
+      </c>
+      <c r="C452" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D452" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E452" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F452" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
+      <c r="A453" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62926", "913")</f>
+      </c>
+      <c r="B453" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62926", " Relógio despertador de cabeçeira da marca Kienzle")</f>
+      </c>
+      <c r="C453" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D453" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E453" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F453" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
+      <c r="A454" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62913", "914")</f>
+      </c>
+      <c r="B454" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62913", " Bule em metal de origem árabe")</f>
+      </c>
+      <c r="C454" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D454" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E454" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F454" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
+      <c r="A455" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62920", "915")</f>
+      </c>
+      <c r="B455" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62920", " Relógio despertador de cabeçeira ")</f>
+      </c>
+      <c r="C455" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D455" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E455" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F455" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
+      <c r="A456" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62927", "916")</f>
+      </c>
+      <c r="B456" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62927", " Bomboniere de Vidro com guarnições em metal e madeira com patina provence. 35cm de altura.")</f>
+      </c>
+      <c r="C456" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D456" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E456" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F456" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
+      <c r="A457" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62928", "917")</f>
+      </c>
+      <c r="B457" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62928", " Relógio despertador de cabeçeira da marca Westclox")</f>
+      </c>
+      <c r="C457" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D457" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E457" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F457" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
+      <c r="A458" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62929", "918")</f>
+      </c>
+      <c r="B458" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62929", " Pilão em madeira,34 cm, meados do século XX")</f>
+      </c>
+      <c r="C458" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D458" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E458" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F458" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
+      <c r="A459" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62933", "919")</f>
+      </c>
+      <c r="B459" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62933", "  03 carpas importadas de cerâmica de Bali. Maior med. 35cm de largura. uma delas Apresenta  bicado.")</f>
+      </c>
+      <c r="C459" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D459" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E459" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F459" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
+      <c r="A460" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62931", "920")</f>
+      </c>
+      <c r="B460" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62931", " Sopeira, prata 90, rebouças em metal espessurado a prata, Med. 24 cm alt x 30 x 2,5 cm.")</f>
+      </c>
+      <c r="C460" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D460" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E460" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F460" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
+      <c r="A461" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62930", "921")</f>
+      </c>
+      <c r="B461" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62930", " Relógio despertador de cabeçeira da marca Five Rams")</f>
+      </c>
+      <c r="C461" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D461" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E461" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F461" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
+      <c r="A462" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62937", "922")</f>
+      </c>
+      <c r="B462" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62937", " bule  árabe em metal com altura 18,5 cm")</f>
+      </c>
+      <c r="C462" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D462" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E462" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F462" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
+      <c r="A463" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62938", "923")</f>
+      </c>
+      <c r="B463" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62938", " Relógio despertador de cabeçeira, da marca Herweg, 16 cm")</f>
+      </c>
+      <c r="C463" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D463" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E463" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F463" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
+      <c r="A464" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62935", "924")</f>
+      </c>
+      <c r="B464" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62935", " 02.  Fruteiras em metal espessurado a prata - decoração Rocaille,  comprimento 26 cm.")</f>
+      </c>
+      <c r="C464" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D464" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E464" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F464" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
+      <c r="A465" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62934", "925")</f>
+      </c>
+      <c r="B465" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62934", " Relógio despertador de cabeçeira  Fortt`s Mechanical à corda, 13 cm, ")</f>
+      </c>
+      <c r="C465" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D465" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E465" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F465" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
+      <c r="A466" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62932", "926")</f>
+      </c>
+      <c r="B466" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62932", " Bule árabe  em metal altura 33 cm.")</f>
+      </c>
+      <c r="C466" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D466" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E466" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F466" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
+      <c r="A467" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62936", "927")</f>
+      </c>
+      <c r="B467" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62936", " Escultura em madeira, a peça se movimenta, 30 cm.")</f>
+      </c>
+      <c r="C467" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D467" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E467" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F467" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
+      <c r="A468" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62953", "928")</f>
+      </c>
+      <c r="B468" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62953", " Relógio despertador de cabeçeira da marca Peter de origem alemã")</f>
+      </c>
+      <c r="C468" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D468" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E468" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F468" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
+      <c r="A469" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62956", "930")</f>
+      </c>
+      <c r="B469" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62956", " Legumeira importada  ENGLAND  porcelana, Marcada e numerada MYOTT Son ")</f>
+      </c>
+      <c r="C469" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D469" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E469" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F469" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
+      <c r="A470" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62954", "931")</f>
+      </c>
+      <c r="B470" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62954", " Mesa estrutura em ferro moldado, dourado. Tampo em vidro embutido 8 mm. Alt.: 35 cm. Comp.: 1,00 m. Prof.: 70 cm. Vidro com pequenos bicados.")</f>
+      </c>
+      <c r="C470" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D470" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E470" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F470" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
+      <c r="A471" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62984", "932")</f>
+      </c>
+      <c r="B471" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62984", " faqueiro italiano com 38 peças, banhado a ouro "Argento Freccia D´Oro". são  02 conchas para molho ( 18 cm), 12 garfos para frutas ( 16 cm), 12 colheres cabos longos ( 19,5 cm) e 12 colheres para café ( 12 cm cada)- sem uso.")</f>
+      </c>
+      <c r="C471" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D471" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E471" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F471" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
+      <c r="A472" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62951", "933")</f>
+      </c>
+      <c r="B472" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62951", " Katanas decorativas de coleção , com bainha e punho decorado acabamento em metal. Med.: 25,21 e 7 cm diâmetro.")</f>
+      </c>
+      <c r="C472" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D472" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E472" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F472" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
+      <c r="A473" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62944", "934")</f>
+      </c>
+      <c r="B473" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62944", " Prato decorativo  porcelana oriental  Marcado.  21 cm diâmetro.")</f>
+      </c>
+      <c r="C473" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D473" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E473" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F473" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
+      <c r="A474" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62948", "935")</f>
+      </c>
+      <c r="B474" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62948", " Espada decorativa medieval, com empunhadura produzida em metal e lâmina em aço,  95 cm, peso aproximado 1 kg.")</f>
+      </c>
+      <c r="C474" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D474" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E474" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F474" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
+      <c r="A475" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62942", "936")</f>
+      </c>
+      <c r="B475" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62942", " Adaga chinesa de coleção, com lamina em aço, decorada por Dragões. Med 22 cm.")</f>
+      </c>
+      <c r="C475" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D475" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E475" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F475" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
+      <c r="A476" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62943", "937")</f>
+      </c>
+      <c r="B476" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62943", " Conjunto português VILLEROY ")</f>
+      </c>
+      <c r="C476" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D476" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E476" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F476" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
+      <c r="A477" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62950", "938")</f>
+      </c>
+      <c r="B477" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62950", " Balança francesa em bronze dourado/ cinzelada Med.: 47x40 cm")</f>
+      </c>
+      <c r="C477" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D477" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E477" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F477" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
+      <c r="A478" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62945", "939")</f>
+      </c>
+      <c r="B478" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62945", " Potiche africano em cerâmica patinada, realçado a ouro, Med 77 cm.")</f>
+      </c>
+      <c r="C478" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D478" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E478" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F478" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
+      <c r="A479" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62952", "940")</f>
+      </c>
+      <c r="B479" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62952", " Centro de mesa chines, Séc XIX período " Tao Kuang ", em porcelana  esmaltada a mão, padrão Mandarim. Com selo vermelho. Med 12x26")</f>
+      </c>
+      <c r="C479" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D479" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E479" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F479" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
+      <c r="A480" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62940", "941")</f>
+      </c>
+      <c r="B480" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62940", " Centro de mesa  LUIS XV francês, em metal espessurado a prata em alto e baixo relevo, Peça contrastada. 22x27x22 cm.")</f>
+      </c>
+      <c r="C480" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D480" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E480" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F480" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
+      <c r="A481" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62947", "942")</f>
+      </c>
+      <c r="B481" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62947", " Placa tailandesa em madeira nobre patinada, esculpida e pintada a mão , realçada a prata - Med 18x100 cm. Obs: apresenta  pequeno bicado na madeira")</f>
+      </c>
+      <c r="C481" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D481" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E481" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F481" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
+      <c r="A482" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62941", "943")</f>
+      </c>
+      <c r="B482" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62941", " Brasão inglês ,em madeira nobre, com aplicações em resina, metal e tecido aveludado. Med 96x77 cm")</f>
+      </c>
+      <c r="C482" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D482" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E482" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F482" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
+      <c r="A483" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62949", "944")</f>
+      </c>
+      <c r="B483" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62949", " 02. castiçais italianos, Barroco, em bronze dourado,  Med: 27 cm")</f>
+      </c>
+      <c r="C483" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D483" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E483" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F483" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
+      <c r="A484" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62939", "945")</f>
+      </c>
+      <c r="B484" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62939", " Conjunto de porta copos, em metal espessurado a prata,  Med 10 cm e 13x13x10 cm.")</f>
+      </c>
+      <c r="C484" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D484" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E484" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F484" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
+      <c r="A485" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62946", "946")</f>
+      </c>
+      <c r="B485" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62946", " Telefone de mesa italiano, década de 30,  em metal esmaltado, com guarnições em resina,  24x28 cm.")</f>
+      </c>
+      <c r="C485" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D485" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E485" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F485" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
+      <c r="A486" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62985", "947")</f>
+      </c>
+      <c r="B486" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62985", " Doceira em metal espessurado a prata. Med 37x19 cm.")</f>
+      </c>
+      <c r="C486" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D486" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E486" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F486" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
+      <c r="A487" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62988", "948")</f>
+      </c>
+      <c r="B487" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62988", " Floreira francesa, em cristal translucido Med: 23x14 cm")</f>
+      </c>
+      <c r="C487" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D487" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E487" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F487" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
+      <c r="A488" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63006", "949")</f>
+      </c>
+      <c r="B488" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63006", " Ânfora  chinesa de coleção, em porcelana Satzuma,  e 26 cm.")</f>
+      </c>
+      <c r="C488" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D488" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E488" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F488" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
+      <c r="A489" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62990", "950")</f>
+      </c>
+      <c r="B489" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62990", " Floreira estilo português em metal espessurado a prata, ricamente cinzelada, decorada por Gomos. Med 24 cm.")</f>
+      </c>
+      <c r="C489" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D489" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E489" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F489" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
+      <c r="A490" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62986", "951")</f>
+      </c>
+      <c r="B490" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62986", " Escultura de madeira entalhada, de Cão. 50cm de altura. 30cm de largura")</f>
+      </c>
+      <c r="C490" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D490" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E490" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F490" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="491">
+      <c r="A491" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62983", "952")</f>
+      </c>
+      <c r="B491" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62983", " Porta pirex  em metal espessurado à prata, 34,5x17,5x14 cm")</f>
+      </c>
+      <c r="C491" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D491" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E491" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F491" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="492">
+      <c r="A492" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62989", "953")</f>
+      </c>
+      <c r="B492" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62989", " lote com 09  taças para champagne em cristal , 12 cm ")</f>
+      </c>
+      <c r="C492" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D492" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E492" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F492" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="493">
+      <c r="A493" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62991", "954")</f>
+      </c>
+      <c r="B493" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62991", " Saladeira em metal espessurado a prata, com cabeça e rabo de pato em metal dourado,41 cm de comprimento x 28 cm de diâmetro x 18 cm de altura.")</f>
+      </c>
+      <c r="C493" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D493" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E493" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F493" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
+      <c r="A494" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63009", "955")</f>
+      </c>
+      <c r="B494" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63009", " Relógio cuco Maderart, caixa em madeira, a pilha, com  dois pêndulos, : 38 cm de altura x 34 cm de largura ")</f>
+      </c>
+      <c r="C494" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D494" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E494" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F494" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
+      <c r="A495" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62987", "956")</f>
+      </c>
+      <c r="B495" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62987", " Escultura em madeira golfinho apoiado em rocha.-31 cm de altura")</f>
+      </c>
+      <c r="C495" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D495" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E495" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F495" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
+      <c r="A496" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63004", "957")</f>
+      </c>
+      <c r="B496" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63004", " Dois vasos em porcelana com pintura de paisagem oriental,. Medidas: maior 20,5 cm de altura / menor 15 cm de altura ( vaso com  bicado) ")</f>
+      </c>
+      <c r="C496" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D496" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E496" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F496" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
+      <c r="A497" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63008", "958")</f>
+      </c>
+      <c r="B497" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63008", " Relógio alemão base circular escalonada. Medidas: 13,5 cm de altura x 9,8 cm de diâmetro ")</f>
+      </c>
+      <c r="C497" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D497" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E497" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F497" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
+      <c r="A498" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63005", "959")</f>
+      </c>
+      <c r="B498" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63005", " Escultura importada  anjo, em resina italiana  Montefiori, em  policromia, acompanha caixa original, marcado com etiqueta original na parte posterior. Medidas: 30 cm de altura x 20 cm de largura")</f>
+      </c>
+      <c r="C498" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D498" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E498" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F498" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="499">
+      <c r="A499" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63007", "960")</f>
+      </c>
+      <c r="B499" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63007", " Jogo para chá e café em metal espessurado a prata Medidas: maior 13,5 cm de altura x 19 cm de largura / menor 8,7 cm de altura x 13,5 cm de largura")</f>
+      </c>
+      <c r="C499" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D499" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E499" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F499" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
+      <c r="A500" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63012", "961")</f>
+      </c>
+      <c r="B500" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63012", " Buffet em jacarandá baiano  Alt: 85 cm; larg.: 195 cm; prof.: 52 cm")</f>
+      </c>
+      <c r="C500" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D500" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E500" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F500" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
+      <c r="A501" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63011", "962")</f>
+      </c>
+      <c r="B501" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63011", " Vaso importado  em porcelana oriental com esmaltagem branca vitrificada, borda filetada a ouro: 20,3 cm de altura")</f>
+      </c>
+      <c r="C501" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D501" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E501" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F501" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
+      <c r="A502" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63013", "963")</f>
+      </c>
+      <c r="B502" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63013", " 4  taças para martini em cristal lapidado com folhas e flor, 14 x 12,5 cm.")</f>
+      </c>
+      <c r="C502" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D502" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E502" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F502" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
+      <c r="A503" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63015", "964")</f>
+      </c>
+      <c r="B503" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63015", " Prato de parede decorativo  em pewter, Medidas: 25,8 cm de diâmetro ")</f>
+      </c>
+      <c r="C503" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D503" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E503" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F503" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
+      <c r="A504" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63016", "965")</f>
+      </c>
+      <c r="B504" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63016", " Escultura madeira jacaré entalhada 130cm de comprimento")</f>
+      </c>
+      <c r="C504" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D504" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E504" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F504" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
+      <c r="A505" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63014", "966")</f>
+      </c>
+      <c r="B505" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63014", " Descanso para garrafa em metal espessurado à prata, sem uso, 18,5x4,5 cm (DxA).")</f>
+      </c>
+      <c r="C505" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D505" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E505" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F505" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
+      <c r="A506" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63017", "967")</f>
+      </c>
+      <c r="B506" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63017", " Bule em porcelana  chinesa 22x16,5 cm")</f>
+      </c>
+      <c r="C506" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D506" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E506" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F506" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
+      <c r="A507" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63020", "968")</f>
+      </c>
+      <c r="B507" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63020", " Floreira em metal espessurado a prata,  Medidas: 39 cm de comprimento x 15 cm de largura")</f>
+      </c>
+      <c r="C507" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D507" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E507" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F507" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
+      <c r="A508" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63018", "969")</f>
+      </c>
+      <c r="B508" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63018", " Vaso em porcelana chinesa,  SATSUMA pintura floral policromada. Medidas: 30 cm de altura x 22 cm de largura ")</f>
+      </c>
+      <c r="C508" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D508" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E508" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F508" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
+      <c r="A509" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63019", "970")</f>
+      </c>
+      <c r="B509" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63019", " Lote com 6 taças para sobremesa em metal prateado, bojo liso . Medidas: 8,5 cm de altura x 9 cm de diâmetro.")</f>
+      </c>
+      <c r="C509" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D509" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E509" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F509" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
+      <c r="A510" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63024", "971")</f>
+      </c>
+      <c r="B510" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63024", " Lote com 6 taças para vinho, importadas cristais sanit louis  em cristal francês, Medidas:16,5 cm de altura / e 14,3 cm de altura ")</f>
+      </c>
+      <c r="C510" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D510" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E510" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F510" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
+      <c r="A511" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63021", "972")</f>
+      </c>
+      <c r="B511" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63021", " Coluna em madeira nobre com abajur em formato de querubim em antimônio acoplado em estrutura circular escalonada, coluna torneada e base circular escalonada. Medidas: 1,33 cm de alturar")</f>
+      </c>
+      <c r="C511" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D511" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E511" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F511" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
+      <c r="A512" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63023", "973")</f>
+      </c>
+      <c r="B512" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63023", " Relógio importado da marca Rubinich confeccionado em faiança com esmaltagem branca vitrificada, chines -   50 cm de altura x 37 cm de largura")</f>
+      </c>
+      <c r="C512" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D512" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E512" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F512" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
+      <c r="A513" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63022", "974")</f>
+      </c>
+      <c r="B513" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63022", " Dois copos em cristal translúcido com suporte de metal prateado uma (1) bandeja em formato retangular confeccionado em metal espessurado a prata 26,4 cm de comprimento  (um dos copos possui um bicado na borda)")</f>
+      </c>
+      <c r="C513" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D513" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E513" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F513" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
+      <c r="A514" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63025", "975")</f>
+      </c>
+      <c r="B514" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63025", " Chanukiah importado em bronze judaico. 17 cm x 15 cm ")</f>
+      </c>
+      <c r="C514" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D514" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E514" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F514" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
+      <c r="A515" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63037", "976")</f>
+      </c>
+      <c r="B515" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63037", " LOTE COM 6 RAROS CACHIMBOS SÉCULO XX. (JCI, CARTER) -  EM MADEIRA COM A PITEIRA EM BAQUELITE, À SABER: 4 (QUATRO) CACHIMBOS JCI (J. CARNEIRO ")</f>
+      </c>
+      <c r="C515" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D515" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E515" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F515" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
+      <c r="A516" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63027", "977")</f>
+      </c>
+      <c r="B516" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63027", " JARRA EM VIDRO SOPRADO, TÉCNICA DE MURANO, TONALIDADE ROSÊ. MED: 18 X 16 X 15 CM")</f>
+      </c>
+      <c r="C516" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D516" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E516" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F516" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
+      <c r="A517" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63030", "978")</f>
+      </c>
+      <c r="B517" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63030", " LOTE COM 6 RAROS CACHIMBOS SÉCULO XX. (JCI, CARTER) -  EM MADEIRA COM A PITEIRA EM BAQUELITE, À SABER: 4 (QUATRO) CACHIMBOS JCI (J. CARNEIRO ")</f>
+      </c>
+      <c r="C517" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D517" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E517" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F517" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
+      <c r="A518" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63028", "979")</f>
+      </c>
+      <c r="B518" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63028", " RECHAUD EM METAL ESPESSURADO A PRATA COM BOJO LISO, COM REFRATÁRIO MED: 21 X 24 X 39 CM")</f>
+      </c>
+      <c r="C518" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D518" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E518" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F518" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
+      <c r="A519" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63029", "980")</f>
+      </c>
+      <c r="B519" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63029", " Relógio Salvador dali dourado")</f>
+      </c>
+      <c r="C519" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D519" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E519" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F519" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
+      <c r="A520" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63031", "981")</f>
+      </c>
+      <c r="B520" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63031", " Faqueiro de aço inox banhado,  78 peças importado Japão")</f>
+      </c>
+      <c r="C520" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D520" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E520" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F520" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
+      <c r="A521" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63032", "982")</f>
+      </c>
+      <c r="B521" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63032", "  Cadeira de balanço de madeira nobre - 59cm de comprimento por 50cm de profundidade e 73cm de altura ")</f>
+      </c>
+      <c r="C521" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D521" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E521" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F521" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
+      <c r="A522" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63033", "983")</f>
+      </c>
+      <c r="B522" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63033", " Saleiro e pimenteiro de metal prateado com cabos de madeira ")</f>
+      </c>
+      <c r="C522" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D522" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E522" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F522" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="523">
+      <c r="A523" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63036", "984")</f>
+      </c>
+      <c r="B523" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63036", " Lote com 14 pratos de sobremesa de louça importados  inglesa")</f>
+      </c>
+      <c r="C523" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D523" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E523" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F523" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="524">
+      <c r="A524" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63034", "985")</f>
+      </c>
+      <c r="B524" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63034", " Porta cigarros de metal prateado  diâmetro 6cm e altura 8cm ")</f>
+      </c>
+      <c r="C524" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D524" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E524" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F524" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="525">
+      <c r="A525" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63035", "986")</f>
+      </c>
+      <c r="B525" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63035", " Antigo Telefone Orelhão De Ficha Daruma completo vai com 20 fichas telefônicas originais.")</f>
+      </c>
+      <c r="C525" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D525" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E525" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F525" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="526">
+      <c r="A526" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63026", "987")</f>
+      </c>
+      <c r="B526" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63026", " dois castiçais em bronze tamanho16x7 cm.")</f>
+      </c>
+      <c r="C526" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D526" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E526" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F526" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="527">
+      <c r="A527" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63038", "988")</f>
+      </c>
+      <c r="B527" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63038", " Barômetro , hidrômetro, termômetro com  relógio moido com chave em madeira 85 X 17 cm ")</f>
+      </c>
+      <c r="C527" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D527" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E527" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F527" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="528">
+      <c r="A528" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63040", "989")</f>
+      </c>
+      <c r="B528" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63040", " Bandeja em metal, galeria vazada,Med. 45x17 cm")</f>
+      </c>
+      <c r="C528" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D528" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E528" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F528" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="529">
+      <c r="A529" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63041", "990")</f>
+      </c>
+      <c r="B529" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63041", " Lote com 06 taças importadas italianas, decoradas com desenhos gregos em ouro. Med. 18x6 cm")</f>
+      </c>
+      <c r="C529" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D529" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E529" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F529" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="530">
+      <c r="A530" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63039", "991")</f>
+      </c>
+      <c r="B530" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63039", " Relógio de parede Dimep  pintura automotiva Medidas : diâmetro 45 cm e profundidade 6 cm.")</f>
+      </c>
+      <c r="C530" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D530" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E530" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F530" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="531">
+      <c r="A531" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63044", "992")</f>
+      </c>
+      <c r="B531" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63044", " Bandeja  em metal Med. 58x32 cm.")</f>
+      </c>
+      <c r="C531" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D531" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E531" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F531" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="532">
+      <c r="A532" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63043", "993")</f>
+      </c>
+      <c r="B532" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63043", " lote com 06 taças importadas italianas, decoradas com desenhos gregos em ouro. Med. 18x6 cm")</f>
+      </c>
+      <c r="C532" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D532" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E532" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F532" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="533">
+      <c r="A533" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63042", "994")</f>
+      </c>
+      <c r="B533" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63042", " Centro de mesa em madeira  com pássaros em metal. Med. 12x30 cm. ")</f>
+      </c>
+      <c r="C533" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D533" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E533" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F533" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="534">
+      <c r="A534" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63045", "995")</f>
+      </c>
+      <c r="B534" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63045", " Galeteiro de metal prateado inglês, altura 27cm")</f>
+      </c>
+      <c r="C534" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D534" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E534" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F534" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="535">
+      <c r="A535" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63046", "996")</f>
+      </c>
+      <c r="B535" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63046", " Sopeira com rechaud de metal prateado Wolf - altura 36cm")</f>
+      </c>
+      <c r="C535" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D535" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E535" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F535" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="536">
+      <c r="A536" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63047", "997")</f>
+      </c>
+      <c r="B536" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63047", " Escultura em bronze o Faizão, 32 cm")</f>
+      </c>
+      <c r="C536" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D536" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E536" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F536" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="537">
+      <c r="A537" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63048", "998")</f>
+      </c>
+      <c r="B537" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63048", " Saleiro e pimenteiro importado,perdiz - Gucci - Itália aparentemente prata - comprimento 7cm")</f>
+      </c>
+      <c r="C537" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D537" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E537" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F537" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="538">
+      <c r="A538" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63049", "999")</f>
+      </c>
+      <c r="B538" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63049", " Esculturas importada carruagem, estojo de vidro, 26 cm, item decorativo.")</f>
+      </c>
+      <c r="C538" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D538" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E538" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F538" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="539">
+      <c r="A539" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63050", "1000")</f>
+      </c>
+      <c r="B539" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63050", " antigo porta Caixa fosforo samurai de metal ")</f>
+      </c>
+      <c r="C539" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D539" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E539" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F539" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="540">
+      <c r="A540" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63051", "1001")</f>
+      </c>
+      <c r="B540" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63051", " LOTE COM 6 FLUTS PARA CHAMPAGNE EM CRISTAL  LAPIDAÇÃO DEDÃO E LOSANGOS, . MED: 19 X 5,5 CM")</f>
+      </c>
+      <c r="C540" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D540" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E540" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F540" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="541">
+      <c r="A541" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63052", "1002")</f>
+      </c>
+      <c r="B541" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63052", " conjunto chines, Séc XIX período " Tao Kuang ", ao gosto Família Rosa, são 12 pratos para bolo, em porcelana  esmaltada a mão, padrão Mandarim. Com selo vermelho. Med 16 cm")</f>
+      </c>
+      <c r="C541" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D541" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E541" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F541" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="542">
+      <c r="A542" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63053", "1003")</f>
+      </c>
+      <c r="B542" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63053", " par de castiçais importados israelenses em metal dourado,  Med 19 cm.")</f>
+      </c>
+      <c r="C542" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D542" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E542" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F542" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="543">
+      <c r="A543" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63057", "1004")</f>
+      </c>
+      <c r="B543" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63057", " cinzeiro importado chinês um 13x16 ")</f>
+      </c>
+      <c r="C543" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D543" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E543" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F543" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="544">
+      <c r="A544" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63058", "1005")</f>
+      </c>
+      <c r="B544" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63058", " placa tailandesa em madeira nobre patinada, esculpida e pintada a mao entalhada, realçada a prata, representando Med 18x100 cm")</f>
+      </c>
+      <c r="C544" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D544" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E544" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F544" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="545">
+      <c r="A545" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63056", "1006")</f>
+      </c>
+      <c r="B545" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63056", " centro de mesa SATZUMA importado  chines, em porcelana, ao gosto policromado e realçada a ouro, 25x27 cm . Peça marcada ao fundo")</f>
+      </c>
+      <c r="C545" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D545" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E545" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F545" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="546">
+      <c r="A546" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63054", "1007")</f>
+      </c>
+      <c r="B546" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63054", " bandeja em metal espessurado à prata, uma das  Medindo 67x24,5x5 cm")</f>
+      </c>
+      <c r="C546" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D546" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E546" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F546" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="547">
+      <c r="A547" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63055", "1008")</f>
+      </c>
+      <c r="B547" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63055", " Lote com 6 taças com recipientes internos, confeccionado em cristal translúcido. Medidas: taça 12,4 cm de altura x 9,6 cm de diâmetro da borda / recipiente 4,7 cm de altura x 10 cm de diâmetro da borda ")</f>
+      </c>
+      <c r="C547" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D547" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E547" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F547" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="548">
+      <c r="A548" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63059", "1009")</f>
+      </c>
+      <c r="B548" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63059", " lote com 6  taças  sobremesa, década de 70, em metal dourado,  Medidas: 4,5 cm de altura x 8,5 cm de diâmetro")</f>
+      </c>
+      <c r="C548" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D548" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E548" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F548" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="549">
+      <c r="A549" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63061", "1010")</f>
+      </c>
+      <c r="B549" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63061", " Potiche importado em porcelana oriental , desenhos com flores, pássaros, paisagens orientais marcado no fundo. Medidas: 39,5 cm de altura x 58 cm de circunferência")</f>
+      </c>
+      <c r="C549" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D549" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E549" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F549" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="550">
+      <c r="A550" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63062", "1011")</f>
+      </c>
+      <c r="B550" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63062", " FAQUEIRO DOURADO peças: 6 talhares de serviço, 12 colheres de chá, 5 colheres de sobremesa, 2 garfos de sobremesa, 9 garfos de mesa, 5 colheres de sopa e 5 facas de mesa.  44 peças")</f>
+      </c>
+      <c r="C550" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D550" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E550" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F550" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="551">
+      <c r="A551" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63060", "1012")</f>
+      </c>
+      <c r="B551" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63060", " Relógio em madeira entalhada numerais romanos, quartz,tamanho : 95 cm x 31 cm x 11 cm")</f>
+      </c>
+      <c r="C551" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D551" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E551" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F551" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="552">
+      <c r="A552" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63063", "1013")</f>
+      </c>
+      <c r="B552" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63063", " bandeja de metal espessurado à prata maior comprimento 40 cm.")</f>
+      </c>
+      <c r="C552" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D552" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E552" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F552" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="553">
+      <c r="A553" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63065", "1014")</f>
+      </c>
+      <c r="B553" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63065", " espada militar brasileira de coleção, período da República, com guarda em metal prateado cabo em madeira nobre, lâmina em aço marca da manufatura " A.E.C. na base da lâmina, guarda e bainha em metal espessurado a prata. Med.: 100 cm")</f>
+      </c>
+      <c r="C553" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D553" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E553" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F553" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="554">
+      <c r="A554" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63064", "1015")</f>
+      </c>
+      <c r="B554" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63064", " potiche de coleção no estilo chines,  em porcelana Med 26x20 cm")</f>
+      </c>
+      <c r="C554" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D554" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E554" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F554" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="555">
+      <c r="A555" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63066", "1016")</f>
+      </c>
+      <c r="B555" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63066", " conjunto para ovos, anos 50, no estilo francês, em porcelana, sao 5 (CINCO) porta ovos, 1 saleiro e 1 bandeja")</f>
+      </c>
+      <c r="C555" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D555" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E555" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F555" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="556">
+      <c r="A556" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63068", "1017")</f>
+      </c>
+      <c r="B556" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63068", " adaga chinesa  lamina em aço, punho e bainha em material sintético patinado, decorada por Cabeça de Cavalo. 21 cm.")</f>
+      </c>
+      <c r="C556" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D556" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E556" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F556" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="557">
+      <c r="A557" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63067", "1018")</f>
+      </c>
+      <c r="B557" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63067", " estatua africana, pedra feita a mão, 13x18 cm. obs: com discretíssimo bicado na calda.")</f>
+      </c>
+      <c r="C557" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D557" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E557" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F557" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="558">
+      <c r="A558" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63069", "1019")</f>
+      </c>
+      <c r="B558" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63069", " Fruteira  EBERKOC, metal espessurado à prata,  28x15,5 cm (AxD).")</f>
+      </c>
+      <c r="C558" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D558" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E558" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F558" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="559">
+      <c r="A559" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63070", "1020")</f>
+      </c>
+      <c r="B559" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63070", " vaso importado em porcelana oriental, no padrão SATSUMA com peanha de madeira. 37 cm de altura x 12 cm de diâmetro da borda")</f>
+      </c>
+      <c r="C559" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D559" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E559" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F559" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="560">
+      <c r="A560" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63071", "1021")</f>
+      </c>
+      <c r="B560" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63071", " Tamancos de madeira holandês com entalhada à mão. 32cm")</f>
+      </c>
+      <c r="C560" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D560" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E560" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F560" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="561">
+      <c r="A561" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63072", "1022")</f>
+      </c>
+      <c r="B561" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63072", " Faqueiro Dourado importado Japonês 66 Pecas")</f>
+      </c>
+      <c r="C561" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D561" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E561" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F561" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="562">
+      <c r="A562" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63073", "1023")</f>
+      </c>
+      <c r="B562" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63073", " 4 PORTA-OVOS EM METAL ESPESSURADO A PRATA.13,5 X 4 CM")</f>
+      </c>
+      <c r="C562" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D562" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E562" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F562" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="563">
+      <c r="A563" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63074", "1024")</f>
+      </c>
+      <c r="B563" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63074", " conjunto com 6 xícaras para café em porcelana nacional de coleção com realces dourados,  caixa original. década de 1950/60.  ")</f>
+      </c>
+      <c r="C563" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D563" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E563" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F563" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="564">
+      <c r="A564" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63075", "1025")</f>
+      </c>
+      <c r="B564" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63075", " carrinho de chá, madeira maciça, torneadas, prateleira,  duas gavetas Alt:80 cm; larg: 80 cm; prof: 41 cm")</f>
+      </c>
+      <c r="C564" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D564" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E564" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F564" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="565">
+      <c r="A565" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63076", "1026")</f>
+      </c>
+      <c r="B565" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63076", " Jarra/tankard em metal com cabo em chifre de javali e  figura mitológica. Medida: 25 cm x 24 cm")</f>
+      </c>
+      <c r="C565" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D565" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E565" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F565" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="566">
+      <c r="A566" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63077", "1027")</f>
+      </c>
+      <c r="B566" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63077", " fruteira , em madeira maciça Alt: 90 cm; diam: 34 cm")</f>
+      </c>
+      <c r="C566" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D566" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E566" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F566" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="567">
+      <c r="A567" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63078", "1028")</f>
+      </c>
+      <c r="B567" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63078", " Tabuleiro com banho de níquel, retangular, Medidas: 47 cm de comprimento 4,2 cm de largura da galeria central x 7,5 cm de altura ")</f>
+      </c>
+      <c r="C567" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D567" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E567" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F567" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="568">
+      <c r="A568" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63079", "1029")</f>
+      </c>
+      <c r="B568" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63079", " champanheira importada  em alumínio francês, marcada no fundo. Medidas: 20,5 cm de altura x 19,3 cm de diâmetro")</f>
+      </c>
+      <c r="C568" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D568" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E568" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F568" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="569">
+      <c r="A569" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63082", "1030")</f>
+      </c>
+      <c r="B569" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63082", " balança de armazém em ferroc apacidade para 5kg, sem os pesos, acompanha dois pratos em bronze. Medidas: balança 20,5 cm de altura x 39,5 cm de largura / pratos 13,7 cm de diâmetro ")</f>
+      </c>
+      <c r="C569" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D569" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E569" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F569" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="570">
+      <c r="A570" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63081", "1031")</f>
+      </c>
+      <c r="B570" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63081", " 2 pequenos vasos floreira em bronze indiano, Medidas: maior 14,6 cm de altura x 5,3 cm de diâmetro da borda / menor 13,9 cm de altura x 5,4 cm de diâmetro da borda ")</f>
+      </c>
+      <c r="C570" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D570" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E570" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F570" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="571">
+      <c r="A571" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63080", "1032")</f>
+      </c>
+      <c r="B571" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63080", " legumeira em metal espessurado a prata, . Medidas: 13,5 cm de altura x 27,5 cm de comprimento")</f>
+      </c>
+      <c r="C571" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D571" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E571" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F571" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
+      <c r="A572" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63084", "1033")</f>
+      </c>
+      <c r="B572" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63084", " bule para chá de metal espessurado a prata  15,6 cm de altura x 20 cm de largura")</f>
+      </c>
+      <c r="C572" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D572" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E572" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F572" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
+      <c r="A573" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63083", "1034")</f>
+      </c>
+      <c r="B573" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63083", " bandeja  em metal espessurado a prata Medidas:62,5 cm de comprimento x 40 cm de largura. (banho novo)")</f>
+      </c>
+      <c r="C573" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D573" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E573" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F573" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
+      <c r="A574" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63085", "1035")</f>
+      </c>
+      <c r="B574" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63085", " jogo de talheres, novo, em metal espessurado à prata, com 03 peças")</f>
+      </c>
+      <c r="C574" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D574" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E574" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F574" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
+      <c r="A575" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63086", "1036")</f>
+      </c>
+      <c r="B575" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63086", " jogo de talheres em metal espessurado sem uso,")</f>
+      </c>
+      <c r="C575" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D575" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E575" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F575" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
+      <c r="A576" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63088", "1037")</f>
+      </c>
+      <c r="B576" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63088", " Balança de precisão com caixa em madeira com pesos.  35cm x 17,5cm x 35cm de altura")</f>
+      </c>
+      <c r="C576" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D576" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E576" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F576" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="577">
+      <c r="A577" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63090", "1038")</f>
+      </c>
+      <c r="B577" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63090", " Tampas de garrafa de prata de lei 925, Peru e uma tampa redonda de metal prateado.")</f>
+      </c>
+      <c r="C577" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D577" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E577" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F577" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
+      <c r="A578" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63089", "1039")</f>
+      </c>
+      <c r="B578" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63089", " jogo de chá e café em metal banhado a prata")</f>
+      </c>
+      <c r="C578" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D578" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E578" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F578" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
+      <c r="A579" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63091", "1040")</f>
+      </c>
+      <c r="B579" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63091", " Conjunto  de Bebidas com Balde de gelo com apliques de metal e conjunto de  serviço em PRATA 90 com dosador, pinça e misturador . Marca :  BELINI")</f>
+      </c>
+      <c r="C579" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D579" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E579" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F579" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
+      <c r="A580" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63087", "1041")</f>
+      </c>
+      <c r="B580" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63087", " jogo para sobremesa espessurada a prata e colheres de prata maciça ( Taças de 9  cm , Marca AEC , Bandeja 40x26 cm)")</f>
+      </c>
+      <c r="C580" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D580" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E580" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F580" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
+      <c r="A581" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63092", "1042")</f>
+      </c>
+      <c r="B581" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63092", " Lote com 6 estatuetas em bronze dourado com gatos e sapos")</f>
+      </c>
+      <c r="C581" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D581" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E581" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F581" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
+      <c r="A582" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63093", "1043")</f>
+      </c>
+      <c r="B582" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63093", " CONCHA ESPESSURADA A PRATA . MEDE 23 CM")</f>
+      </c>
+      <c r="C582" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D582" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E582" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F582" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
+      <c r="A583" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62957", "1044")</f>
+      </c>
+      <c r="B583" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62957", " chaleira em metal dourado alça em madeira,com 6 taças em metal martelado")</f>
+      </c>
+      <c r="C583" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D583" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E583" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F583" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
+      <c r="A584" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62958", "1045")</f>
+      </c>
+      <c r="B584" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62958", " Balança de precisão importada Sartorius Werke fabricado pela Gottingen por volta de 1930.")</f>
+      </c>
+      <c r="C584" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D584" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E584" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F584" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
+      <c r="A585" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62961", "1046")</f>
+      </c>
+      <c r="B585" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62961", " faqueiro japonês banhado a ouro 24K completo para 12 pessoas  para jantar e sobremesa, constando 12 facas para jantar, 12 garfos para  jantar, 12 colheres para jantar, 12 garfos de sobremesa, 12 colheres  para sobremesa e 12 colheres para café")</f>
+      </c>
+      <c r="C585" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D585" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E585" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F585" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
+      <c r="A586" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62959", "1047")</f>
+      </c>
+      <c r="B586" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62959", " Duas bíblias em otimo estado")</f>
+      </c>
+      <c r="C586" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D586" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E586" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F586" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
+      <c r="A587" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62963", "1048")</f>
+      </c>
+      <c r="B587" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62963", " Livros raros e livro slides  antigos ")</f>
+      </c>
+      <c r="C587" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D587" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E587" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F587" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
+      <c r="A588" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62962", "1049")</f>
+      </c>
+      <c r="B588" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62962", " Conjunto com prato, copo e colher infantis, década de 40/50. em metal espessurado à prata, em estojo  original,")</f>
+      </c>
+      <c r="C588" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D588" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E588" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F588" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="589">
+      <c r="A589" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62964", "1050")</f>
+      </c>
+      <c r="B589" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62964", " ESCULTURA FEMININA   , EM PÓ DE MÁRMORE,  1,56M TOTAL. ESCULTURA 1,00M , BASE: 0,56CM")</f>
+      </c>
+      <c r="C589" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D589" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E589" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F589" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="590">
+      <c r="A590" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62960", "1051")</f>
+      </c>
+      <c r="B590" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62960", " RELÓGIO IMPORTADO CARL JAHRE ZEISS STIFTUNG. 16CM X 16CM")</f>
+      </c>
+      <c r="C590" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D590" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E590" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F590" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="591">
+      <c r="A591" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62996", "1052")</f>
+      </c>
+      <c r="B591" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62996", "  colher importada prata 90")</f>
+      </c>
+      <c r="C591" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D591" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E591" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F591" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="592">
+      <c r="A592" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62966", "1053")</f>
+      </c>
+      <c r="B592" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62966", " JOGO IMPORTADO JAPÃO EM   PORCELANA JAPONESA JH, TRABALHO EM ALTO RELEVO E  FILIGRANADO A OURO. CONTEM: 1 BALDE DE GELO, 1 LEITEIRA, 1 BULE PARA CAFÉ,  1 BULE PARA CHÁ, 1 AÇUCAREIRO, 1 PRATO PARA BOLO, 5 PRATOS PARA  SOBREMESA, 4 XÍCARAS DE CHÁ E SEUS RESPECTIVOS PIRES E 5 XÍCARAS DE CAFÉ ")</f>
+      </c>
+      <c r="C592" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D592" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E592" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F592" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="593">
+      <c r="A593" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62968", "1054")</f>
+      </c>
+      <c r="B593" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62968", "  PETISQUEIRA EM METAL ESPESSURADA A PRATA EBERLE. 8CM X 20CM")</f>
+      </c>
+      <c r="C593" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D593" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E593" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F593" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="594">
+      <c r="A594" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62967", "1055")</f>
+      </c>
+      <c r="B594" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62967", " ESPELHO RETANGULAR COM  MOLDURA EM BRONZE 80CM X 1,70M")</f>
+      </c>
+      <c r="C594" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D594" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E594" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F594" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
+      <c r="A595" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62998", "1056")</f>
+      </c>
+      <c r="B595" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62998", " BULE ESPESSURADO A PRATA  20 CM E ALTURA ")</f>
+      </c>
+      <c r="C595" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D595" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E595" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F595" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="596">
+      <c r="A596" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62997", "1057")</f>
+      </c>
+      <c r="B596" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62997", " RELÓGIO DE MESA WESTCLOX DESPERTADOR ")</f>
+      </c>
+      <c r="C596" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D596" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E596" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F596" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="597">
+      <c r="A597" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62999", "1058")</f>
+      </c>
+      <c r="B597" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62999", " 5 taças para conhaque,  cristal Demi, com bordas em ouro 24K, altura 16 cm.")</f>
+      </c>
+      <c r="C597" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D597" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E597" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F597" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="598">
+      <c r="A598" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62965", "1059")</f>
+      </c>
+      <c r="B598" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62965", " Relógio Swatch Swiss importado suíço com horas de diversos países")</f>
+      </c>
+      <c r="C598" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D598" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E598" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F598" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="599">
+      <c r="A599" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62969", "1060")</f>
+      </c>
+      <c r="B599" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62969", " 5 taças para conhaque,  cristal Demi, com bordas em ouro 24K, altura 16 cm.")</f>
+      </c>
+      <c r="C599" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D599" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E599" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F599" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="600">
+      <c r="A600" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62972", "1061")</f>
+      </c>
+      <c r="B600" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62972", " ESCULTURA EM PÓ DE MÁRMORE. 31CM ")</f>
+      </c>
+      <c r="C600" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D600" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E600" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F600" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="601">
+      <c r="A601" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62976", "1062")</f>
+      </c>
+      <c r="B601" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62976", " JOGO PARA SORVETE EM PRATA 90 ")</f>
+      </c>
+      <c r="C601" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D601" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E601" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F601" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="602">
+      <c r="A602" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62979", "1063")</f>
+      </c>
+      <c r="B602" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62979", " Antigo bule século XX. indiano  importado, em bronze, altura 22 cm,")</f>
+      </c>
+      <c r="C602" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D602" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E602" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F602" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="603">
+      <c r="A603" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62971", "1064")</f>
+      </c>
+      <c r="B603" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62971", " Jogo para sobremesa  em metal espessurado à prata,  em caixa original, sem uso")</f>
+      </c>
+      <c r="C603" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D603" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E603" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F603" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
+      <c r="A604" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63002", "1065")</f>
+      </c>
+      <c r="B604" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63002", " 5 taças para champagne, em cristal Demi Translúcido altura 17 cm")</f>
+      </c>
+      <c r="C604" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D604" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E604" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F604" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
+      <c r="A605" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62977", "1066")</f>
+      </c>
+      <c r="B605" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62977", " PORTA GELO COM PEGADOR EM PRATA 90")</f>
+      </c>
+      <c r="C605" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D605" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E605" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F605" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
+      <c r="A606" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62974", "1067")</f>
+      </c>
+      <c r="B606" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62974", " Antiga bandeja produzida princípio do século XX. em metal prateado, medidas 51X23 cm,")</f>
+      </c>
+      <c r="C606" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D606" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E606" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F606" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="607">
+      <c r="A607" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63000", "1068")</f>
+      </c>
+      <c r="B607" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63000", " ESCULTURA FEMININA , EM PÓ DE MÁRMORE,   COM BASE . 1,52M TOTAL.  ESCULTURA: 76CM , BASE: 76CM ")</f>
+      </c>
+      <c r="C607" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D607" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E607" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F607" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="608">
+      <c r="A608" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62975", "1069")</f>
+      </c>
+      <c r="B608" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62975", " Jogo para sobremesa  em metal espessurado à prata,  em caixa original, sem uso.")</f>
+      </c>
+      <c r="C608" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D608" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E608" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F608" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="609">
+      <c r="A609" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62973", "1070")</f>
+      </c>
+      <c r="B609" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62973", " porta guardanapos, produzido em bronze,peixe, maior comprimento 21,5 cm")</f>
+      </c>
+      <c r="C609" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D609" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E609" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F609" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="610">
+      <c r="A610" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62978", "1071")</f>
+      </c>
+      <c r="B610" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62978", " Conjunto com 6 taças para sobremesa, com colheres,  em metal espessurado à prata, em ótimo estado de conservação ")</f>
+      </c>
+      <c r="C610" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D610" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E610" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F610" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="611">
+      <c r="A611" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62970", "1072")</f>
+      </c>
+      <c r="B611" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62970", " Coleção 70 ª Aniversário Da Segunda Guerra Mundial Completa com livros e dvds")</f>
+      </c>
+      <c r="C611" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D611" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E611" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F611" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="612">
+      <c r="A612" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63003", "1073")</f>
+      </c>
+      <c r="B612" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63003", " coleção rara gibis antigos Diversões Escolares com 21 gibis")</f>
+      </c>
+      <c r="C612" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D612" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E612" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F612" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="613">
+      <c r="A613" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63001", "1074")</f>
+      </c>
+      <c r="B613" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63001", " Lote com 11 formas para sabonetes em bronze")</f>
+      </c>
+      <c r="C613" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D613" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E613" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F613" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="614">
+      <c r="A614" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63010", "1075")</f>
+      </c>
+      <c r="B614" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63010", " Lote com duas máquinas de escrever elétrica")</f>
+      </c>
+      <c r="C614" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D614" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E614" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F614" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="615">
+      <c r="A615" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62981", "1076")</f>
+      </c>
+      <c r="B615" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62981", " Puxadores de porta antigos")</f>
+      </c>
+      <c r="C615" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D615" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E615" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F615" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="616">
+      <c r="A616" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62980", "1077")</f>
+      </c>
+      <c r="B616" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62980", " Dois bules antigos 1 de alumínio e 1 esmaltado")</f>
+      </c>
+      <c r="C616" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D616" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E616" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F616" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
+      <c r="A617" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62982", "1078")</f>
+      </c>
+      <c r="B617" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62982", " Duas bíblias ")</f>
+      </c>
+      <c r="C617" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D617" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E617" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F617" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
+      <c r="A618" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62993", "1079")</f>
+      </c>
+      <c r="B618" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62993", " Lote com 124 lps")</f>
+      </c>
+      <c r="C618" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D618" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E618" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F618" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
+      <c r="A619" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62992", "1080")</f>
+      </c>
+      <c r="B619" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62992", " Coleção com 4 pastas com papeis de carta antigos")</f>
+      </c>
+      <c r="C619" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D619" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E619" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F619" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="620">
+      <c r="A620" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62994", "1081")</f>
+      </c>
+      <c r="B620" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62994", " Lote com 33 canecas antigas de coleção")</f>
+      </c>
+      <c r="C620" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D620" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E620" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F620" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="621">
+      <c r="A621" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62995", "1082")</f>
+      </c>
+      <c r="B621" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62995", " tv antiga Hitachi ligando ")</f>
+      </c>
+      <c r="C621" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D621" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E621" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F621" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="622">
+      <c r="A622" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63815", "1083")</f>
+      </c>
+      <c r="B622" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63815", " Coleção lote de  livros de biblioteca")</f>
+      </c>
+      <c r="C622" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D622" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E622" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F622" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="623">
+      <c r="A623" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63836", "1084")</f>
+      </c>
+      <c r="B623" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63836", " Bicicleta gt ")</f>
+      </c>
+      <c r="C623" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D623" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E623" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F623" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="624">
+      <c r="A624" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63835", "1085")</f>
+      </c>
+      <c r="B624" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63835", " Coleção lote de  livros de biblioteca")</f>
+      </c>
+      <c r="C624" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D624" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E624" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F624" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="625">
+      <c r="A625" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63833", "1086")</f>
+      </c>
+      <c r="B625" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63833", " Livro obras completas de Homero")</f>
+      </c>
+      <c r="C625" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D625" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E625" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F625" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="626">
+      <c r="A626" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63832", "1087")</f>
+      </c>
+      <c r="B626" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63832", " Coleção lote de  livros de biblioteca")</f>
+      </c>
+      <c r="C626" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D626" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E626" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F626" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="627">
+      <c r="A627" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63817", "1088")</f>
+      </c>
+      <c r="B627" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63817", " Coleção livros mundo da criança completa 16 volumes")</f>
+      </c>
+      <c r="C627" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D627" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E627" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F627" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="628">
+      <c r="A628" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63806", "1089")</f>
+      </c>
+      <c r="B628" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63806", " Coleção lote de  livros de biblioteca ")</f>
+      </c>
+      <c r="C628" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D628" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E628" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F628" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="629">
+      <c r="A629" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63830", "1090")</f>
+      </c>
+      <c r="B629" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63830", " livros 3 volumes historia do Brasil e  3 livros Juscelino Kubitschek  ")</f>
+      </c>
+      <c r="C629" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D629" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E629" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F629" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="630">
+      <c r="A630" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63821", "1091")</f>
+      </c>
+      <c r="B630" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63821", " Coleção lote de  livros de biblioteca ")</f>
+      </c>
+      <c r="C630" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D630" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E630" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F630" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="631">
+      <c r="A631" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63823", "1092")</f>
+      </c>
+      <c r="B631" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63823", " 3 bonecas antigas estrela")</f>
+      </c>
+      <c r="C631" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D631" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E631" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F631" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="632">
+      <c r="A632" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63831", "1093")</f>
+      </c>
+      <c r="B632" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63831", " Coleção lote de  livros de biblioteca ")</f>
+      </c>
+      <c r="C632" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D632" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E632" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F632" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
+      <c r="A633" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63839", "1094")</f>
+      </c>
+      <c r="B633" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63839", " Lote com 5 bonecas antigas estrela ")</f>
+      </c>
+      <c r="C633" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D633" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E633" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F633" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="634">
+      <c r="A634" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63837", "1095")</f>
+      </c>
+      <c r="B634" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63837", " Coleção lote de  livros de biblioteca ")</f>
+      </c>
+      <c r="C634" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D634" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E634" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F634" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
+      <c r="A635" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63841", "1096")</f>
+      </c>
+      <c r="B635" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63841", " bonecos antigos ")</f>
+      </c>
+      <c r="C635" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D635" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E635" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F635" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
+      <c r="A636" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63840", "1097")</f>
+      </c>
+      <c r="B636" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63840", " Coleção lote de  livros de biblioteca ")</f>
+      </c>
+      <c r="C636" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D636" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E636" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F636" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="637">
+      <c r="A637" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63834", "1098")</f>
+      </c>
+      <c r="B637" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63834", " Boneca estrela antiga")</f>
+      </c>
+      <c r="C637" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D637" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E637" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F637" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="638">
+      <c r="A638" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63814", "1099")</f>
+      </c>
+      <c r="B638" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63814", " Coleção lote de  livros de biblioteca ")</f>
+      </c>
+      <c r="C638" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D638" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E638" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F638" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="639">
+      <c r="A639" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63812", "1100")</f>
+      </c>
+      <c r="B639" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63812", "  3 bonecas antigas estrela")</f>
+      </c>
+      <c r="C639" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D639" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E639" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F639" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="640">
+      <c r="A640" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63811", "1101")</f>
+      </c>
+      <c r="B640" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63811", " Coleção lote de  livros de biblioteca ")</f>
+      </c>
+      <c r="C640" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D640" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E640" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F640" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="641">
+      <c r="A641" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63805", "1102")</f>
+      </c>
+      <c r="B641" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63805", " Boneca estrela antiga")</f>
+      </c>
+      <c r="C641" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D641" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E641" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F641" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="642">
+      <c r="A642" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63807", "1103")</f>
+      </c>
+      <c r="B642" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63807", " Coleção livros mundo da criança completa 16 volumes")</f>
+      </c>
+      <c r="C642" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D642" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E642" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F642" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="643">
+      <c r="A643" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63808", "1104")</f>
+      </c>
+      <c r="B643" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63808", " Cristaleira de canto em madeira nobre, excelente estado, 1,85m de altura, 0,85m de largura e 0,50m de profundidade.(somente a cristaleira)")</f>
+      </c>
+      <c r="C643" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D643" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E643" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F643" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="644">
+      <c r="A644" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63804", "1105")</f>
+      </c>
+      <c r="B644" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63804", " Antiga maleta de viagem decada de 70,no estado que se encontra 25 cm de largura,6 cm de altura")</f>
+      </c>
+      <c r="C644" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D644" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E644" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F644" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="645">
+      <c r="A645" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63818", "1106")</f>
+      </c>
+      <c r="B645" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63818", " Antiga Boneca Beijoca Da Estrela")</f>
+      </c>
+      <c r="C645" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D645" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E645" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F645" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="646">
+      <c r="A646" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63816", "1107")</f>
+      </c>
+      <c r="B646" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63816", " Gerador De Caracteres Jvc Cg-v60u ")</f>
+      </c>
+      <c r="C646" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D646" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E646" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F646" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="647">
+      <c r="A647" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63819", "1108")</f>
+      </c>
+      <c r="B647" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63819", " Boneca Mimadinha Da Estrela")</f>
+      </c>
+      <c r="C647" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D647" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E647" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F647" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="648">
+      <c r="A648" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63803", "1109")</f>
+      </c>
+      <c r="B648" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63803", " Boneca Bolinha De Sabão - Estrela")</f>
+      </c>
+      <c r="C648" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D648" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E648" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F648" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="649">
+      <c r="A649" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63809", "1110")</f>
+      </c>
+      <c r="B649" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63809", " Manual Proprietario Celta")</f>
+      </c>
+      <c r="C649" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D649" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E649" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F649" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="650">
+      <c r="A650" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63810", "1111")</f>
+      </c>
+      <c r="B650" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63810", " Antigo brinquedo thundermax")</f>
+      </c>
+      <c r="C650" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D650" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E650" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F650" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="651">
+      <c r="A651" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63822", "1112")</f>
+      </c>
+      <c r="B651" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63822", " telefones antigos")</f>
+      </c>
+      <c r="C651" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D651" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E651" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F651" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="652">
+      <c r="A652" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63820", "1113")</f>
+      </c>
+      <c r="B652" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63820", " Boneca Mechinha Estrela")</f>
+      </c>
+      <c r="C652" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D652" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E652" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F652" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="653">
+      <c r="A653" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63813", "1114")</f>
+      </c>
+      <c r="B653" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63813", " Antiga Boneca Rockita Estrela")</f>
+      </c>
+      <c r="C653" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D653" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E653" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F653" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="654">
+      <c r="A654" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63838", "1115")</f>
+      </c>
+      <c r="B654" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63838", " Aquaplay Do Mickey estrela ")</f>
+      </c>
+      <c r="C654" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D654" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E654" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F654" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="655">
+      <c r="A655" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63848", "1116")</f>
+      </c>
+      <c r="B655" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63848", " Radios antigos")</f>
+      </c>
+      <c r="C655" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D655" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E655" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F655" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="656">
+      <c r="A656" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63849", "1117")</f>
+      </c>
+      <c r="B656" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63849", " Duas bonecas estrelas mãezinha e bolinha de sabão")</f>
+      </c>
+      <c r="C656" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D656" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E656" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F656" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="657">
+      <c r="A657" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63846", "1118")</f>
+      </c>
+      <c r="B657" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63846", " Duas bonecas antigas")</f>
+      </c>
+      <c r="C657" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D657" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E657" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F657" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="658">
+      <c r="A658" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63847", "1119")</f>
+      </c>
+      <c r="B658" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63847", " Duas bonecas antigas")</f>
+      </c>
+      <c r="C658" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D658" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E658" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F658" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="659">
+      <c r="A659" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63842", "1120")</f>
+      </c>
+      <c r="B659" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63842", " Bíblia sagrada e porta  bíblia")</f>
+      </c>
+      <c r="C659" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D659" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E659" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F659" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="660">
+      <c r="A660" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63843", "1121")</f>
+      </c>
+      <c r="B660" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63843", " Duas bonecas antigas")</f>
+      </c>
+      <c r="C660" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D660" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E660" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F660" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="661">
+      <c r="A661" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63844", "1122")</f>
+      </c>
+      <c r="B661" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63844", " Antiga Boneca Mãezinha Da Estrela")</f>
+      </c>
+      <c r="C661" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D661" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E661" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F661" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="662">
+      <c r="A662" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63845", "1123")</f>
+      </c>
+      <c r="B662" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63845", " Coleção Completa Curso De Desenho E Pintura - Globo")</f>
+      </c>
+      <c r="C662" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D662" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E662" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F662" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="663">
+      <c r="A663" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63854", "1124")</f>
+      </c>
+      <c r="B663" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63854", " Coleção Disney Saiba Como Funciona - 4 Volumes")</f>
+      </c>
+      <c r="C663" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D663" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E663" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F663" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="664">
+      <c r="A664" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63850", "1125")</f>
+      </c>
+      <c r="B664" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63850", " Antiga Boneca Mãezinha Da Estrela")</f>
+      </c>
+      <c r="C664" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D664" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E664" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F664" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="665">
+      <c r="A665" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63851", "1126")</f>
+      </c>
+      <c r="B665" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63851", " Lote bonecas antigas")</f>
+      </c>
+      <c r="C665" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D665" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E665" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F665" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="666">
+      <c r="A666" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63853", "1127")</f>
+      </c>
+      <c r="B666" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63853", " Videogame master system")</f>
+      </c>
+      <c r="C666" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D666" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E666" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F666" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="667">
+      <c r="A667" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63855", "1128")</f>
+      </c>
+      <c r="B667" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63855", " Boneca Chupetinha Estrela")</f>
+      </c>
+      <c r="C667" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D667" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E667" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F667" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="668">
+      <c r="A668" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63852", "1129")</f>
+      </c>
+      <c r="B668" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63852", " Boneca look magia ")</f>
+      </c>
+      <c r="C668" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D668" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E668" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F668" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="669">
+      <c r="A669" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63859", "1130")</f>
+      </c>
+      <c r="B669" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63859", " Coleção  Atlas National Geographic")</f>
+      </c>
+      <c r="C669" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D669" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E669" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F669" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="670">
+      <c r="A670" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63858", "1132")</f>
+      </c>
+      <c r="B670" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63858", " Coleção Uma História Por Dia Disney")</f>
+      </c>
+      <c r="C670" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D670" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E670" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F670" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="671">
+      <c r="A671" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63856", "1133")</f>
+      </c>
+      <c r="B671" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63856", " Videogame  V.smile funcionando ")</f>
+      </c>
+      <c r="C671" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D671" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E671" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F671" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="672">
+      <c r="A672" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63857", "1134")</f>
+      </c>
+      <c r="B672" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63857", " Coleção com 82 revistas Rollingstine")</f>
+      </c>
+      <c r="C672" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D672" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E672" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F672" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="673">
+      <c r="A673" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63860", "1135")</f>
+      </c>
+      <c r="B673" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63860", " Coleção Biblioteca De Ouro mais 22 Volumes História Universal, Carl Grimberg")</f>
+      </c>
+      <c r="C673" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D673" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E673" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F673" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="674">
+      <c r="A674" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63861", "1136")</f>
+      </c>
+      <c r="B674" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63861", " Curso de inglês Larousse e inglês hoje")</f>
+      </c>
+      <c r="C674" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D674" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E674" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F674" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="675">
+      <c r="A675" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63864", "1137")</f>
+      </c>
+      <c r="B675" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63864", " Biblioteca Do Escoteiro Mirim - Walt Disney - 20 Volumes")</f>
+      </c>
+      <c r="C675" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D675" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E675" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F675" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="676">
+      <c r="A676" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63862", "1138")</f>
+      </c>
+      <c r="B676" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63862", " Lote com 10 vídeos cassetes ")</f>
+      </c>
+      <c r="C676" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D676" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E676" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F676" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="677">
+      <c r="A677" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63863", "1139")</f>
+      </c>
+      <c r="B677" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63863", " Dois bogobol Estrela")</f>
+      </c>
+      <c r="C677" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D677" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E677" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F677" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="678">
+      <c r="A678" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63865", "1140")</f>
+      </c>
+      <c r="B678" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63865", " Coleção de revistas quatro  rodas  de 1980 a 2016 total de 482 revistas.")</f>
+      </c>
+      <c r="C678" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D678" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E678" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F678" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="679">
+      <c r="A679" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63869", "1141")</f>
+      </c>
+      <c r="B679" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63869", " Coleção lote de  livros de biblioteca")</f>
+      </c>
+      <c r="C679" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D679" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E679" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F679" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="680">
+      <c r="A680" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63868", "1142")</f>
+      </c>
+      <c r="B680" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63868", " Coleção Enciclopédia Disney Abril completa")</f>
+      </c>
+      <c r="C680" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D680" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E680" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F680" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="681">
+      <c r="A681" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63866", "1143")</f>
+      </c>
+      <c r="B681" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63866", " Livro a arte da Prata no Brasil")</f>
+      </c>
+      <c r="C681" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D681" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E681" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F681" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="682">
+      <c r="A682" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63870", "1144")</f>
+      </c>
+      <c r="B682" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63870", " Coleção Sítio Do Picapau Amarelo Edição De Luxo")</f>
+      </c>
+      <c r="C682" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D682" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E682" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F682" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="683">
+      <c r="A683" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63872", "1145")</f>
+      </c>
+      <c r="B683" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63872", " Coleção Os Imortais Da Literatura Universal 34 volumes")</f>
+      </c>
+      <c r="C683" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D683" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E683" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F683" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="684">
+      <c r="A684" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63867", "1146")</f>
+      </c>
+      <c r="B684" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63867", " Lote com 10 vídeos cassete")</f>
+      </c>
+      <c r="C684" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D684" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E684" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F684" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="685">
+      <c r="A685" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63871", "1147")</f>
+      </c>
+      <c r="B685" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63871", " Autorama nelson Piquet série super curva ")</f>
+      </c>
+      <c r="C685" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D685" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E685" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F685" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="686">
+      <c r="A686" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63877", "1148")</f>
+      </c>
+      <c r="B686" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63877", " Coleção com 215 revistas eletrônicas antiga")</f>
+      </c>
+      <c r="C686" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D686" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E686" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F686" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="687">
+      <c r="A687" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63873", "1149")</f>
+      </c>
+      <c r="B687" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63873", " COLEÇÃO CELULARES ANTIGOS")</f>
+      </c>
+      <c r="C687" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D687" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E687" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F687" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="688">
+      <c r="A688" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63878", "1150")</f>
+      </c>
+      <c r="B688" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63878", " Brinquedo antigo cavalo da barbie")</f>
+      </c>
+      <c r="C688" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D688" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E688" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F688" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="689">
+      <c r="A689" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63889", "1151")</f>
+      </c>
+      <c r="B689" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63889", " Boneca estrela antiga mechinha")</f>
+      </c>
+      <c r="C689" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D689" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E689" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F689" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="690">
+      <c r="A690" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63890", "1152")</f>
+      </c>
+      <c r="B690" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63890", " Grandes Romances Históricos com 25 volumes mais biblioteca de ouro 19 volumes")</f>
+      </c>
+      <c r="C690" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D690" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E690" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F690" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="691">
+      <c r="A691" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63891", "1153")</f>
+      </c>
+      <c r="B691" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63891", " Antiga filmadora sem teste")</f>
+      </c>
+      <c r="C691" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D691" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E691" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F691" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="692">
+      <c r="A692" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63894", "1154")</f>
+      </c>
+      <c r="B692" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63894", " Lote com 100 livros infantis varios títulos")</f>
+      </c>
+      <c r="C692" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D692" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E692" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F692" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="693">
+      <c r="A693" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63893", "1155")</f>
+      </c>
+      <c r="B693" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63893", " Coleção com papeis de carta antigos")</f>
+      </c>
+      <c r="C693" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D693" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E693" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F693" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="694">
+      <c r="A694" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63895", "1156")</f>
+      </c>
+      <c r="B694" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63895", " Lote com 100 livros infantis varios títulos ")</f>
+      </c>
+      <c r="C694" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D694" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E694" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F694" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="695">
+      <c r="A695" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63904", "1157")</f>
+      </c>
+      <c r="B695" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63904", " Lote com pias novas sem uso 11 pias em inox,12 lavatórios completos sem uso,10 janelas")</f>
+      </c>
+      <c r="C695" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D695" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E695" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="F695" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="696">
+      <c r="A696" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63905", "1158")</f>
+      </c>
+      <c r="B696" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63905", " Lotes fitas k7")</f>
+      </c>
+      <c r="C696" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D696" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E696" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F696" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="697">
+      <c r="A697" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63906", "1159")</f>
+      </c>
+      <c r="B697" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63906", " Lote com 100 livros infantis varios títulos")</f>
+      </c>
+      <c r="C697" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D697" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E697" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F697" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="698">
+      <c r="A698" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63907", "1160")</f>
+      </c>
+      <c r="B698" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63907", " Lote com 178 cédulas antigas")</f>
+      </c>
+      <c r="C698" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D698" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E698" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F698" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="699">
+      <c r="A699" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63908", "1161")</f>
+      </c>
+      <c r="B699" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63908", " Lote com 140 moedas")</f>
+      </c>
+      <c r="C699" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D699" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E699" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F699" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="700">
+      <c r="A700" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63910", "1162")</f>
+      </c>
+      <c r="B700" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63910", " MEDALHA DE OURO COMEMORAÇÃO de  1 MILHÃO DE FUSCAS FABRICADOS NO BRASIL - 1970 - SÃO BERNARDO DO CAMPO - DIÂMETRO 22 MM - PESANDO 7 GRAMAS - MATERIAL - OURO (900) - GRAVADOR -A.M")</f>
+      </c>
+      <c r="C700" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D700" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E700" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F700" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="701">
+      <c r="A701" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63909", "1163")</f>
+      </c>
+      <c r="B701" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63909", " Raros broches de ex funcionário  comemorativos volkswagen 10 e 15 anos ")</f>
+      </c>
+      <c r="C701" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D701" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E701" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F701" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="702">
+      <c r="A702" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63885", "1164")</f>
+      </c>
+      <c r="B702" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63885", " Lote com 100 livros infantis varios títulos")</f>
+      </c>
+      <c r="C702" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D702" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E702" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F702" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="703">
+      <c r="A703" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63888", "1165")</f>
+      </c>
+      <c r="B703" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63888", " Lote com 100 livros infantis varios títulos")</f>
+      </c>
+      <c r="C703" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D703" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E703" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F703" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="704">
+      <c r="A704" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63882", "1166")</f>
+      </c>
+      <c r="B704" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63882", " Lote com 100 livros infantis varios títulos")</f>
+      </c>
+      <c r="C704" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D704" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E704" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F704" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="705">
+      <c r="A705" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63884", "1167")</f>
+      </c>
+      <c r="B705" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63884", " Lote moedas com: 124 moedas 10 cruzeiros/ 197 moedas 5 cruzeiros/ 9 moedas 50 cruzeiros/ 31 moedas 20 cruzeiros/ 16 moedas cruzados/ 5 moedas  cruzados/ 7 moedas 1 centavos/ 6 moedas 2 centavos/ 2 moedas 10 cruzeiros,")</f>
+      </c>
+      <c r="C705" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D705" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E705" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F705" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="706">
+      <c r="A706" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63874", "1168")</f>
+      </c>
+      <c r="B706" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63874", " Lote com 100 livros infantis varios títulos")</f>
+      </c>
+      <c r="C706" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D706" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E706" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F706" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="707">
+      <c r="A707" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63879", "1169")</f>
+      </c>
+      <c r="B707" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63879", " Lote com 100 livros infantis varios títulos ")</f>
+      </c>
+      <c r="C707" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D707" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E707" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F707" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="708">
+      <c r="A708" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63881", "1170")</f>
+      </c>
+      <c r="B708" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63881", " Lote com 100 livros infantis varios títulos ")</f>
+      </c>
+      <c r="C708" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D708" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E708" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F708" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="709">
+      <c r="A709" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63880", "1171")</f>
+      </c>
+      <c r="B709" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63880", " Coleção Biblioteca de História 21 Biografias de Grandes Personagens")</f>
+      </c>
+      <c r="C709" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D709" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E709" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F709" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="710">
+      <c r="A710" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63887", "1172")</f>
+      </c>
+      <c r="B710" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63887", " Rara coleção clássicos inolvidables história  romana com 33 volumes")</f>
+      </c>
+      <c r="C710" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D710" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E710" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F710" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="711">
+      <c r="A711" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63886", "1173")</f>
+      </c>
+      <c r="B711" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63886", " Coleção História Da República Brasileira - 21 Volumes")</f>
+      </c>
+      <c r="C711" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D711" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E711" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F711" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="712">
+      <c r="A712" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63883", "1174")</f>
+      </c>
+      <c r="B712" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63883", " coleção com selos antigos de diversos países com 740 selos ")</f>
+      </c>
+      <c r="C712" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D712" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E712" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F712" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="713">
+      <c r="A713" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63875", "1175")</f>
+      </c>
+      <c r="B713" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63875", " Lote com diversos  gibis antigos com 700 gibis ")</f>
+      </c>
+      <c r="C713" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D713" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E713" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F713" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="714">
+      <c r="A714" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63876", "1176")</f>
+      </c>
+      <c r="B714" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63876", "  Agendas colégio Militar de 1973 novas")</f>
+      </c>
+      <c r="C714" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D714" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E714" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F714" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="715">
+      <c r="A715" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63914", "1177")</f>
+      </c>
+      <c r="B715" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63914", " Lote com 90 itens mangás,gibis")</f>
+      </c>
+      <c r="C715" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D715" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E715" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F715" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="716">
+      <c r="A716" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63913", "1178")</f>
+      </c>
+      <c r="B716" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63913", " Lote com 21 gibis Asterix e Obelix 2 gibis nosso amiguinho,4 gibis fantasmas,3 tarzan ")</f>
+      </c>
+      <c r="C716" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D716" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E716" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F716" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="717">
+      <c r="A717" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63916", "1179")</f>
+      </c>
+      <c r="B717" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63916", " O Mundo de Wally em 4 Fichários e fascículos dinossauros")</f>
+      </c>
+      <c r="C717" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D717" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E717" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F717" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="718">
+      <c r="A718" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63915", "1180")</f>
+      </c>
+      <c r="B718" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63915", " Lote com 70 revistas antigas")</f>
+      </c>
+      <c r="C718" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D718" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E718" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F718" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="719">
+      <c r="A719" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63917", "1181")</f>
+      </c>
+      <c r="B719" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63917", " Lote com fotografias decada de 60 cartões postais,medalhas chaveiros,óculos antigos")</f>
+      </c>
+      <c r="C719" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D719" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E719" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F719" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="720">
+      <c r="A720" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63892", "1182")</f>
+      </c>
+      <c r="B720" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63892", " Lote com duas prateleiras de 3 metros de altura e duas tamanho padrão")</f>
+      </c>
+      <c r="C720" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D720" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E720" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F720" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="721">
+      <c r="A721" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63918", "1183")</f>
+      </c>
+      <c r="B721" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63918", " Enciclopédia Barsa completa")</f>
+      </c>
+      <c r="C721" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D721" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E721" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F721" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="722">
+      <c r="A722" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63898", "1184")</f>
+      </c>
+      <c r="B722" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63898", " Enciclopédia Barsa temática  ")</f>
+      </c>
+      <c r="C722" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D722" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E722" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F722" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="723">
+      <c r="A723" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63897", "1185")</f>
+      </c>
+      <c r="B723" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63897", " Coleção Enciclopédia Da Vida Selvagem Larousse - Vhs/ Livros")</f>
+      </c>
+      <c r="C723" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D723" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E723" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F723" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="724">
+      <c r="A724" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63896", "1186")</f>
+      </c>
+      <c r="B724" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63896", " Coleção revistas Recreio lote com 440 revistas")</f>
+      </c>
+      <c r="C724" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D724" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E724" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F724" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="725">
+      <c r="A725" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63900", "1187")</f>
+      </c>
+      <c r="B725" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63900", " Coleção com 85 revistas")</f>
+      </c>
+      <c r="C725" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D725" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E725" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F725" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="726">
+      <c r="A726" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63899", "1188")</f>
+      </c>
+      <c r="B726" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63899", " Fone sem fio Sony")</f>
+      </c>
+      <c r="C726" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D726" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E726" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F726" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="727">
+      <c r="A727" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63901", "1189")</f>
+      </c>
+      <c r="B727" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63901", " Duas Câmara fotográficas com case pra mergulhos")</f>
+      </c>
+      <c r="C727" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D727" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E727" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F727" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="728">
+      <c r="A728" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63902", "1190")</f>
+      </c>
+      <c r="B728" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63902", " Maçarico yanes")</f>
+      </c>
+      <c r="C728" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D728" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E728" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F728" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="729">
+      <c r="A729" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63903", "1191")</f>
+      </c>
+      <c r="B729" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63903", " Slides de anatomia - 302 itens - Germinação, fisiologia, glandulas, sistema circulatorio, digestivo, audição etc. E 2 discos de retroprojetor")</f>
+      </c>
+      <c r="C729" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D729" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E729" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F729" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="730">
+      <c r="A730" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63919", "1192")</f>
+      </c>
+      <c r="B730" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63919", " Coleção de  câmeras  fotográficas antigas,capas filmes,flashsbaterias etc. Sao 232 câmaras 18 flashs,90 capas")</f>
+      </c>
+      <c r="C730" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D730" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E730" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F730" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="731">
+      <c r="A731" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63923", "1193")</f>
+      </c>
+      <c r="B731" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63923", " Lote com fitas pra maquinas de escrever")</f>
+      </c>
+      <c r="C731" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D731" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E731" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F731" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="732">
+      <c r="A732" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63911", "1194")</f>
+      </c>
+      <c r="B732" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63911", " Lote com gravadores , celulares e fitas")</f>
+      </c>
+      <c r="C732" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D732" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E732" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F732" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="733">
+      <c r="A733" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63912", "1195")</f>
+      </c>
+      <c r="B733" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63912", " Panela tipo Rechaud pra mesa")</f>
+      </c>
+      <c r="C733" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D733" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E733" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F733" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="734">
+      <c r="A734" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63922", "1196")</f>
+      </c>
+      <c r="B734" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63922", " Rechaud metal ezpresurizado a prata")</f>
+      </c>
+      <c r="C734" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D734" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E734" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F734" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="735">
+      <c r="A735" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63928", "1197")</f>
+      </c>
+      <c r="B735" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63928", " SAMOVAR EM METAL ESPESSURADO A PRATA. 40 cm de altura")</f>
+      </c>
+      <c r="C735" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D735" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E735" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F735" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="736">
+      <c r="A736" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63920", "1198")</f>
+      </c>
+      <c r="B736" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63920", " Porta caviar em  METAL ESPESSURADO A PRATA")</f>
+      </c>
+      <c r="C736" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D736" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E736" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F736" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="737">
+      <c r="A737" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63921", "1199")</f>
+      </c>
+      <c r="B737" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63921", " DUAS BACIAS EM METAL ESPESSURADO A PRATA. 40 CM DE COMPRIMENTO")</f>
+      </c>
+      <c r="C737" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D737" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E737" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F737" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="738">
+      <c r="A738" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63925", "1200")</f>
+      </c>
+      <c r="B738" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63925", " Panela e centro de mesa em metal espessurado a prata")</f>
+      </c>
+      <c r="C738" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D738" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E738" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F738" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="739">
+      <c r="A739" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63927", "1201")</f>
+      </c>
+      <c r="B739" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63927", " Relógio espingarda de Madeira")</f>
+      </c>
+      <c r="C739" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D739" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E739" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F739" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="740">
+      <c r="A740" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63930", "1202")</f>
+      </c>
+      <c r="B740" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63930", " Gravador Akai 707S ")</f>
+      </c>
+      <c r="C740" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D740" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E740" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F740" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="741">
+      <c r="A741" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63929", "1203")</f>
+      </c>
+      <c r="B741" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63929", " Telefone PEÇA ÚNICA  metal em ótimo detalhes - 30cm Alt 40cm Larg")</f>
+      </c>
+      <c r="C741" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D741" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E741" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F741" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="742">
+      <c r="A742" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63926", "1204")</f>
+      </c>
+      <c r="B742" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63926", " telefone antigo")</f>
+      </c>
+      <c r="C742" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D742" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E742" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F742" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="743">
+      <c r="A743" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63931", "1205")</f>
+      </c>
+      <c r="B743" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63931", " esculturas com colunas de mármore tamanho 65  cm.  as duas colunas : 80 cm.")</f>
+      </c>
+      <c r="C743" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D743" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E743" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F743" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="744">
+      <c r="A744" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63924", "1206")</f>
+      </c>
+      <c r="B744" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63924", " coluna de mármore tamanho 90x20cm")</f>
+      </c>
+      <c r="C744" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D744" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E744" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F744" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="745">
+      <c r="A745" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63933", "1207")</f>
+      </c>
+      <c r="B745" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63933", "  Penteadeira Chipandelle decada de 70 , com banqueta estofada  1,52 x 1,12 x 0,43 ")</f>
+      </c>
+      <c r="C745" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D745" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E745" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F745" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="746">
+      <c r="A746" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63934", "1208")</f>
+      </c>
+      <c r="B746" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63934", " Poncheira Em cristal tcheco  lapidada acompanha 8 copos")</f>
+      </c>
+      <c r="C746" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D746" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E746" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F746" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="747">
+      <c r="A747" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63932", "1209")</f>
+      </c>
+      <c r="B747" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63932", " maquina ROLLEIFLEX SL35 com lente objetiva  case original e  manual")</f>
+      </c>
+      <c r="C747" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D747" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E747" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F747" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="748">
+      <c r="A748" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63935", "1210")</f>
+      </c>
+      <c r="B748" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63935", " poncheira  importada em cristal tcheco, lapidada. total de 13 peças")</f>
+      </c>
+      <c r="C748" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D748" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E748" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F748" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="749">
+      <c r="A749" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63936", "1211")</f>
+      </c>
+      <c r="B749" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63936", " Lote com itens eletrônicos luminárias etc")</f>
+      </c>
+      <c r="C749" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D749" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E749" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F749" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="750">
+      <c r="A750" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63824", "1212")</f>
+      </c>
+      <c r="B750" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63824", " Lote com 47 itens porta toalhas,porta acessórios para banheiros  sem uso")</f>
+      </c>
+      <c r="C750" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D750" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E750" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F750" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="751">
+      <c r="A751" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63826", "1213")</f>
+      </c>
+      <c r="B751" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63826", " Lote com diversos canos toneiras,etc")</f>
+      </c>
+      <c r="C751" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D751" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E751" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F751" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="752">
+      <c r="A752" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63827", "1214")</f>
+      </c>
+      <c r="B752" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63827", " Lote com aproximadamente 500 itens diversos")</f>
+      </c>
+      <c r="C752" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D752" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E752" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E23" s="5" t="inlineStr">
+      <c r="F752" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="753">
+      <c r="A753" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63825", "1215")</f>
+      </c>
+      <c r="B753" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63825", " Lote itens diversos")</f>
+      </c>
+      <c r="C753" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D753" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E753" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
-      <c r="F23" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+      <c r="F753" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="754">
+      <c r="A754" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63829", "1216")</f>
+      </c>
+      <c r="B754" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63829", " Enciclopédia Da Natureza Planeta Vivo Coleção ,com livros e fitas")</f>
+      </c>
+      <c r="C754" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D754" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E754" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...23230 lines deleted...]
-      </c>
       <c r="F754" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="755">
-      <c r="A755" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A755" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63828", "1217")</f>
+      </c>
+      <c r="B755" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63828", " Exclusivo peça unica  Cardápio da seleção brasileira de 1970 autografado num evento qu foi realizado no  Rio de Janeiro nesta data do cardápio.13 cm de  largura e  altura 23cm aviado por historiador ")</f>
       </c>
       <c r="C755" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D755" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E755" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F755" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>