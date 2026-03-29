--- v0 (2025-12-24)
+++ v1 (2026-03-29)
@@ -269,4027 +269,3527 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61129", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61129", "Máquina de Solda topo 30 Kva Soltronic ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61130", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61130", "Mandriladora Tos - automatizada ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61131", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61131", "Torno Revólver iram 3/4")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61132", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61132", "Forno industrial gás vapor - Ferri ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61151", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61151", "Balança 1000kg")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61152", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61152", "Auto Clave dupla Vacuum Casting ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61153", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61153", "Misturador para tintas - sistema pneumático para tirar o ar ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61154", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61154", "Lote com: 2 uni.de máquina para pintura pneumática")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61155", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61155", "Centrífuga para cavaco ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61156", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61156", "Estufa para pintura")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61157", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61157", "Buffet balcão - pista quente e fria")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61158", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61158", "Torno CNC Romi Galaxy")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61160", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61160", "Balança digital 5 ton.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61161", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61161", "Máquina de Corte e vinco - elétrica - 1 metro de boca ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61162", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61162", "Compressor Parafuso ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61163", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61163", "Laminadora Hidráulica para roscas trifen H8/30 ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61164", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61164", "Serra para metais")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61165", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61165", "Injetora para plástico ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61166", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61166", "Serra de fita vertical")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61167", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61167", "Máquina de Solda Mig - completa")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61168", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61168", "Prensa excêntrica inclinável - 15 ton")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61500", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61500", "Lixadeira de fita Invicta")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61501", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61501", "Prensa excêntrica 6 toneladas")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61502", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61502", "Prensa para reciclagem de Fardo - 200kg")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61653", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61653", "Fresadora Universal com mesa automática ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61654", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61654", "Empilhadeira Clark 2.500kg ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61655", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61655", "Prensa Balancim Chinelato 15 ton.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61656", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61656", "Furadeira fresadora e rosqueadeira 3 em 1 Iso 30")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61657", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61657", "Transformador para Solda TIG ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61659", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61659", "Prensa viradeira Hidráulica 120 ton. - 3 metros de boca para chapas até 6 mm")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61705", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61705", "Coladeira, Refiladeira e destopadeira para madeira - automática Giben do Brasil")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60748", "077")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60748", " Paleteira empilhadeira pneumática 1000kg")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60741", "080")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60741", " Carrinho para transportes/maçarico em inox")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60760", "084")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60760", " Lixadeira de fita para ferro")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60755", "085")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60755", " Prensa excêntrica enclinável 15 ton.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60757", "087")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60757", " Prensa excêntrica 80 ton.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60759", "088")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60759", " Escada de alumínio 4 metros")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60751", "090")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60751", " Compressor de ar - 60 pés")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60753", "095")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60753", " Moinho de faca - boca 200mm")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60762", "097")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60762", " Curvadora de tubos CNC BLM - Completa - .Para até 32mm")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60764", "104")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60764", "Curvadora de tubos Pedrazzoli para 32mm")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60769", "115")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60769", "Injetora oriente - 140/250 ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60772", "116")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60772", "Lote de: parafusos , porcas e arruelas - Sem uso")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60775", "117")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60775", "Forno tubular para cerâmica ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60777", "118")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60777", "Plaina desempenadeira para madeira - 4 facas (1.90 x 0.40) ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60780", "119")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60780", "Auto Clave de vácuo a pressão")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60783", "120")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60783", "No-Break 80 kva com baterias - completo ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60785", "121")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60785", "Lote com: 3 uni. no break ( 4, 6 e 15 kva)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60789", "122")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60789", "Serra de fita vertical Ronemak com soldador")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60793", "127")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60793", "Eletroerosão CNC 5 eixos IBH")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60795", "130")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60795", "Ar condicionado Hitachi - 100 mil btus ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60797", "134")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60797", "Serra para corte de precisão Metasecar ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60800", "135")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60800", "Tanque de aço inox - 100 litros ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60802", "136")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60802", "Fresadora router CNC com mesa ( 480mm x 780mm) ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60804", "137")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60804", "Lote com: 2 uni. Lixadeira de disco para madeira ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60806", "138")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60806", "Máquina de subir escadas com cadeira de rodas ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60808", "139")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60808", "Solda projeção soltronic 100 kva")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60810", "141")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60810", "Eletroerosão ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60812", "142")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60812", "Estufa vitrine para salgados ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60815", "143")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60815", "Rosqueadeira pneumática M12 ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60817", "144")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60817", "Máquina de tampografia ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60820", "145")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60820", "Secador de ar chiaperine sekar 60")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60822", "146")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60822", "Máquina de tampografia ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60824", "149")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60824", "Fresadora Universal ZEMA ISO 40")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60826", "150")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60826", "Móveis de escritório - mesas , mesas em L e armários - Apróx 100 peças")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60844", "154")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60844", " Linha completa para envase de produtos alimentícios em geral - Alimentador - pesador - empacotador selador - Automáticos CLP - Acompanha recravadora e esteira ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60846", "155")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60846", " Lote com: 8 uni. Máquinas automáticas profissionais de fazer café, chocolate e capuccino ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60869", "156")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60869", " Lote com: Peças de moto Caramori - 100 guidões - 100 bolhas para moto - 100 bagageiros - 200 mata cachorros - Originais Caramori")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60879", "157")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60879", " Prensa viradeira hidráulica 120 ton. - 3m de boca - 6mm chapa - Fermasa ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60877", "158")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60877", " Coladeira e refiladeira de bordas para madeira automática")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60864", "160")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60864", " Banco de Capacitor 50 Kva")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60875", "161")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60875", " Recravadeira para latas Gutman")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60848", "162")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60848", " Plaina Limadora Sanche Blanes")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60838", "164")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60838", " Lote com: 1 placa de torno e 1 divisor plato 400mm")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60839", "165")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60839", " Injetora para plástico")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60867", "166")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60867", " Coifa de inox lavadora")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60835", "167")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60835", " Cantoneiras de alumínio")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60872", "168")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60872", " Centrífuga de cavaco")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60855", "169")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60855", " Durômetro ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60842", "170")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60842", " Aspirador de pó Industrial - Novo Japão - motor 5cv")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60831", "171")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60831", " Gerador Com motor elétrico - 7Kva")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60884", "176")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60884", "Afiadora de rodo para Serigrafia ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60886", "178")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60886", "Lote com: 3 morsas hidráulicas ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60888", "179")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60888", "Esmeril de chicote")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60890", "180")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60890", "Politriz baixa rotação ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60891", "181")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60891", "Serra para cortes de metais com precisão ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60893", "182")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60893", "Material para usinagem")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60895", "183")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60895", "Lote com: 30 prateleiras - sem as madeiras - desmontadas ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60898", "184")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60898", "Coifa de inox com exaustor ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60900", "185")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60900", "Moinho para plástico - 200 mm de boca")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60903", "186")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60903", "Balança Filizola retro")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60907", "188")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60907", "Torno Revólver Iran 3/4")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60909", "189")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60909", "Torno automático Traub A25")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60911", "190")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60911", "Torno automático Traub E 42")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60913", "191")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60913", "Centro de usinagem vertical Mori Seiki M300")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60916", "192")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60916", "Furadeira Horizontal Invicta")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60918", "193")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60918", "Afiadora de serra automática ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60921", "195")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60921", "Lavadora de louça industrial Netter")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60924", "196")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60924", "2 lixadeiras de disco angular ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60929", "197")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60929", "Compressor Wayne - 40 Pés")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60932", "198")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60932", "Laminadora de rosca 8 ton. Trifen hidráulica com jogo de rolos ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60934", "199")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60934", "Lote de torno automático Traub Ergomat; sendo 5 uni. Traubs A25 e 1 uni. Ergomat TB42 - completo com alimentador ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60939", "200")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60939", "Torno semi automático Xervitte 2 pol. ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60689", "201")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60689", " Compressor parafuso Schuls Modelo SRP3050  - 50cv")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>20.900,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60710", "202")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60710", " Espectrometro")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C23" s="4" t="inlineStr">
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60707", "203")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60707", " Lote com: Apróx. 300kg de ferramentas de fresa e torno")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60704", "204")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60704", " Talha elétrica com carro ponte - 10 ton. Climber")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60693", "206")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60693", " Retífica de Copo Blanchard")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60701", "207")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60701", " Puncionadeira Trumpf CN 81")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>6.200,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60696", "208")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60696", " Desempeno em mármore (1.30 x 1.30)")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60698", "209")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60698", " Retífica cilíndrica Jones Shipman 12 12")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60729", "211")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60729", " Retífica universal Cilíndrica WmW 900x300mm")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60727", "213")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60727", " Lote com: Rolos para retífica")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60730", "214")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60730", " Ponte rolante para 1000kg - 2,40m de vão")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60724", "215")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60724", " Lote com: 6 cofres")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60718", "216")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60718", " Taque retangular de aço inox - encamisado")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60720", "217")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60720", " Esteira de aço inox")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60722", "218")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60722", " Moedor de carne industrial de inox")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60735", "219")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60735", " Lote com: 10 uni. Prensa excêntrica para 1 tonelada")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>7.600,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60739", "220")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60739", " Rebitadeira com alimentador vibratório ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60744", "221")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60744", " Guincho de coluna para obras - monofásico")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D23" s="4" t="inlineStr">
+      <c r="D131" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
-[...607 lines deleted...]
-      <c r="E42" s="5" t="inlineStr">
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60746", "222")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60746", " Lote com: 2 uni. Batedor de cola")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
-      <c r="F42" s="4" t="inlineStr">
-[...2878 lines deleted...]
-      </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60737", "223")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60737", " Esteira para cavaco")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60743", "224")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60743", " Ilha com fogão cooktop")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60750", "225")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60750", " Lote com: 1 geladeira e 1 estufa para alimentos em inox")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>2.600,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>