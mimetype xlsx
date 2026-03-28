--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,443 +269,391 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61406", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61406", " PEUGEOT 207 PASSION XR - 2013 - (PLACA: FINAL 7)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>13.300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61416", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61416", " FIAT STRADA FIRE - 2004 - (PLACA: FINAL 0) - Motor Fundido")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61413", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61413", " PEUGEOT 207 PASSION XRS - 2011 (PLACA: FINAL 1)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61414", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61414", " FIAT SIENA FIRE FLEX - 2007 (PLACA: FINAL 2) - Motor Fundido")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61404", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61404", " FIAT STRADA WORKING CD - 2015 ( PLACA: FINAL 6)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>28.100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61405", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61405", " FIAT STRADA FIRE FLEX - 2012 (PLACA: FINAL 3)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>12.700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61412", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61412", " HONDA NXR 125 BROS. - 2014 (PLACA: FINAL 3)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61409", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61409", " HONDA NXR 125 BROS. - 2014 (PLACA: FINAL 3)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61407", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61407", " HONDA NXR 125 BROS. - 2014 (PLACA: FINAL 3)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
         <is>
           <t>4.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61410", "012")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61410", " VW KOMBI - 2010 - (PLACA: FINAL 8) ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61408", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61408", " MB ACTROS 2546 LS - 2011 - LUN - 4454 - SEM CARRETA - SOMENTE CAVALO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>110.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61411", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61411", " PLANTADEIRA JOHN DEERE 9211 - SÉRIE 9211A008882")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...159 lines deleted...]
-      <c r="D20" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61415", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61415", " COLHEITADEIRA NEW HOLLAND 8040 - ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>