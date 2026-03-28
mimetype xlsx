--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60308", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60308", "7.717 ITENS DIVERSOS, PARAFUSOS, ARRUELAS, CORREIAS, RETENTORES E OUTROS - VEJA DESCRITIVO DE ITENS  ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60317", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60317", "06 PLATAFORMAS METÁLICAS AFASTADORA DE NAVIO, 02 MEDINDO 6,50 X 7,50 E 4 MEDINDO 5,0 X 2,50 MTS,DESTINAÇÃO DE 04 DEFENSAS PNEUMÁTICAS AFASTADORAS DE NAVIO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>180</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>87.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60325", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60325", "02 GALERIAS TRELIÇADAS  EM AÇO CARBONO, COBERTURA PARCIAL EM ALUMÍNIO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>300.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60326", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60326", "PÁ CARREGADEIRA VOLVO MOD. L120, ANO 1998, 01 CONCHA PARA PÁ CARREG. DE 6M3,COM VOLUME ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>37.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>