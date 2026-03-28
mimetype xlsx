--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1531 +269,1343 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61389", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61389", " FIAT; PALIO WEEKEND ATTRATIVE 2016/2017 PRATA ALCO./GASOL. FROTA 788")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61388", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61388", "FIAT/WEEKEND ATRACTIVE; 2016/2016, PRATA, ALCO./GASOL., FROTA 707 - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61390", "010")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61390", " FIAT; PALIO WEEKEND ATTRATIVE 2016/2017 PRATA ALCO./GASOL. FROTA 118")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61387", "011")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61387", " FIAT; PALIO WEEKEND ATTRATIVE 2016/2017 PRATA ALCO./GASOL. FROTA 807")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61169", "030")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61169", " veja vídeo - ONIBUS M.BENZ/INDUSCAR FOZ U, ANO 2010/2010 CAP 31 P - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61170", "031")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61170", "ÔNIBUS M.BENZ/INDUSCAR APACHE U, ANO 2010/2010 CAP 26 P - FUNCIONANDO aguarde vídeo em breve")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61172", "032")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61172", "IVECO; DAILY GREENCAR MO; 2014/2014; BRANCA; DIESEL - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>49.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61173", "034")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61173", "VW; SAVEIRO 1.6; 2006/2007; BRANCA; ALCO./GASOL - FUNCIONANDO - IPVA  PAGO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>11.350,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61456", "046")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61456", "CITROEN; C3 GLX 14 FLEX; 2009/2009; PRETA; ALCO,/GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61386", "047")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61386", " RENAULT DUSTER 20 D 4X2 2014/2015 PRATA ALCO./GASOL. FROTA 060")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>21.800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61385", "048")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61385", "I BMW; X5 4.8 FE81; 2007/2007; PRETA; GASOLINA; 7 LUGARES - FUNCIONANDO; IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>34.450,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61353", "049")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61353", "veja vídeo - VW; GOL GTS; 1991/1991; PRATA; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61383", "050")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61383", "GM; CELTA 4P LIFE; 2007/2008; VERMELHA; ALCO./GASOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61384", "051")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61384", "FIAT; PALIO WEEKEND STILE; 2000/2001; AZUL; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61455", "053")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61455", "MMC; LANCER 2.0 MT; 2015/2015; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60419", "067")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60419", "veja o video - VW; GOL CL; 1989/1989; PRETO; CINZA; ALCOOL - TURBO INJETADO - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>6.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60415", "068")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60415", "FIAT; TORO VOLCANO AT D4; 2017/2017; VERMELHA; DIESEL - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>75.650,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...10 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61351", "069")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61351", "GM; S10 2.2 RONTAN AMB; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60413", "070")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60413", "veja o vídeo - VW; JETTA 2.0; PRETA; 2011/2011; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>32.800,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61345", "071")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61345", "VW; SAVEIRO 1.6; 2002/2002; BRANCA; GASOLINA - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>11.800,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61347", "072")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61347", "I/ MMC; OUTLANDER 2.0; 2014/2015; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>41.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60412", "073")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60412", "FIAT PALIO WEEKEND HLX FLEX; 2006/2007; PRETA; ALCO./GASOL - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>7.150,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61348", "074")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61348", "HONDA; FIT LX FLEX; 2010/2011; PRATA; ALCO./GASOL -  FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>22.850,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60411", "075")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60411", "NISSAM; LIVINA 16S; 2011/2012;  PRATA; ALCO./GASOL.- FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>11.800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61352", "076")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61352", "FORD; DEL REY GL; 1989/1989; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60410", "077")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60410", "I/ RENAULT KGOO RONTANAMB; 2013/2014; BRANCA; ALCO./GASOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60409", "078")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60409", "CHEVROLET; BLAZER ADVANTAGE; 2005/2006; PRETA; GASOLINA - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61367", "079")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61367", "RENAULT; CLIO EXP 10 16VS; 2004/2004; VERDE; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61354", "080")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61354", "HONDA; FIT EX FLEX; 2009/2009; CINZA; ALCO./GASOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>20.750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60408", "083")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60408", "veja o vídeo - VW; VOYAGE; 2009/2009; PRETA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60407", "086")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60407", "veja o vídeo! VW; KOMBI FURGÃO; 1992/1992; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60430", "092")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60430", "CHEVROLET; CRUZE LT NB; 2011/2012; PRATA; ALCO./GASOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60422", "095")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60422", "veja o vídeo - VW; GOL 1.8 POWER; 2005/2005; CINZA; ALCO./GASOLINA - FUNCIONANDO - COMPLETO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60429", "096")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60429", "veja o vídeo - HONDA; CG 125 CARGO ES; 2011/2011; BRANCA; GASOLINA - FUNCIONANDO ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>4.550,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60428", "097")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60428", "veja o video! - NISSAM; MARCH 1.0 FLEX; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>14.450,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60425", "100")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60425", "PEUGEOT; 208 GRIFFE; 2014/2015; PRATA; ALCO./GASOLINA - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60417", "102")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60417", "FIAT; DOBLO ADV 1.8; 2007/2007; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60420", "113")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60420", "GM/ CORSA WIND; 1997/1997; VERMELHA; GASOL - TURBO - FUNCIONANDO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.450,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60427", "114")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60427", "FIAT PALIO EDX; 1997/1997; PRATA; GASOLINA; SUSPENSÃO ROSCA SLIN CASTOR - FUNCIONANDO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60418", "115")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60418", "VW; SANTANA; 2001/2001; BRANCA ALCOOL/GNV; FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...68 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...20 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60424", "118")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60424", "VW: GOL 1.0; 2003/2003; CINZA; GASOLINA; FUNCIONANDO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>5.950,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60421", "121")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60421", "VW FOX 1.0; 2006/2007; CINZA; ALC./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>9.100,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60432", "156")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60432", "I; MERCEDES BENZ ML 320 AB54; 2000/2000; GASOLINA; PRATA - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61454", "400")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61454", "ARO15 4x100 PNEUS 185/60 2 CONTINENTAL ZERO e 2 PIRELLI")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...181 lines deleted...]
-      <c r="C22" s="4" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60423", "405")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60423", "JOGO DE RODAS DE LIGA COM PNEUS 195 X 55 X 16")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60426", "407")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60426", "JG DE RODAS DE LIGA ARO 17")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D22" s="4" t="inlineStr">
-[...1028 lines deleted...]
-      <c r="E54" s="5" t="inlineStr">
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
-      <c r="F54" s="4" t="inlineStr">
+      <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-[...62 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60431", "408")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/60431", "PNEU COM RODA DE FERRA 205 55 16")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>