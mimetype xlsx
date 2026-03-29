--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,5403 +269,4731 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61069", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61069", "(2 itens ) 1 macaco jacaré para empilhadeira 4 toneladas + 1 macaco jacaré  2 toneladas com maleta. Produtos sem uso na caixa. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61395", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61395", "Macaco jacaré  3 toneladas compacto  para veiculo rebaixado. Sem uso na caixa.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61397", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61397", "Kit espátula para desmontagem de pneus sem camara  de caminhão produto  sem uso")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61072", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61072", "(5 itens ) 1 chave pneumáticas 1 polegada profissional com 4 soquetes + 1 macaco  jacaré 2 toneladas com maleta + 1 chave pneumáticas  1/2 polegada +  1 par de cavalete capacidade 2 toneladas produtos sem uso na caixa + uma bicicleta antiga relíquia modelo monark brasiliana")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61090", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61090", " (2 itens) 1 macaco  jacaré  2 toneladas com maleta + 1 chave pneumática 1/2 polegada ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61087", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61087", "(3 itens) 1 macaco  jacaré  2 toneladas com maleta + 1 chave pneumática 1/2 polegada + 1 calibrador digital. Todos sem uso .")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61091", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61091", "(2 itens) 1 calibrador  digital + 1 macaco jacaré  2 toneladas  com maleta.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61083", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61083", " 1 calibrador digital. Sem uso e na caixa.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61086", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61086", " (4 itens) 3 macacos hidráulicos garrafa sendo 1 de 6 toneladas + 1 de 12 toneladas + 1 de 20 toneladas + 1 macaco jacaré  2 toneladas com maleta. Produtos sem uso na caixa.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61084", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61084", "(2 itens) 1 Assentador de talão uso profissional para colar talão do pneu + 1 calibrador digital. Produtos sem uso na caixa.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61085", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61085", " shampoozeira completa com bomba e mangueira, para uso em lava rapido. Produto sem uso, na caixa.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61071", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61071", "(2 itens) 1 shampoozeira completa com bomba e mangueira para uso em lava rápido + calibrador digital. Produtos sem uso na caixa.  ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61708", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61708", " ( 3 itens) 1 maleta de ferramentas de aluminio 186 peças sem uso   1 jogo de soquetes com 24 peças sem uso - 1 triciclo antigo retrô reliquia . ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61070", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61070", "(2 itens)  1 macaco jacaré 2 toneladas profissional + chave pneumática 1/2 polegada. Produtos sem uso. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61088", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61088", "(3 itens) 1 macaco jacaré 2 toneladas profissional + chave pneumática 1/2 polegada + calibrador  digital. Produtos sem uso .")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.620,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61089", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61089", " (2 itens) 1 Macaco jacaré 2 toneladas profissional + calibrador digital. Produtos sem uso.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61398", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61398", "4 pneus de moto  sendo 2 medidas: 140/70-17 e 2 110/70-17. Sem uso. Fabricação 2020")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61074", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61074", "( 2 itens) 1 descolador de pneus manual + 1 assentador de talão. Produtos sem uso.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61076", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61076", "  Suporte para motor para mecânicas. Produto sem uso")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61077", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61077", " 10 protetores de camara de ar aro 20   10 protetores de camara de ar aro 16   10 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>520,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61075", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61075", " 50 protetores de camara de ar aro 20   20 protetores de camara de ar aro 16   20 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61073", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61073", " 50 protetores de camara de ar aro 20   20 protetores de camara de ar aro 16   20 protetores de camara de ar aro 22 para caminhao. Produto sem uso. ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61399", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61399", "Macaco jacaré para empilhadeira 4 toneladas. Sem uso. Na caixa.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61401", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61401", "Macaco hidropneumático. Capacidade 20 toneladas. Sem uso. Na caixa.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61081", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61081", "( 2 itens) 1 macaco hidráulico  para 16 toneladas + desforcimetro (solta fácil com 4 soquetes de 1 polegada). Sem uso na caixa.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61082", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61082", " 3 macacos hidraulico sendo 1 de 2 toneladas   1 de 10 toneladas   1 de 16 toneladas Produto na caixa, sem uso.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61080", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61080", "( 3 itens) 2 macaco hidráulico sendo 1 de 2 toneladas + 1 de 10 toneladas + 1 carro esteira para mecânico. Produto sem uso, na caixa. ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61079", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61079", "  Prensa hidraulica de bancada capacidade 10 toneladas. Sem  uso.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61078", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61078", "Tampa da caçamba da chevrolet montana, ano 2013, cor branca. Sem uso, original de fábrica.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61711", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61711", " ( 3 itens)  1 jogo soquete  com 24 pecas   1 jogo chave alen com 25 pecas   1 macaco hidráulico  32 toneladas produtos sem uso.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61714", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61714", " ( 2 itens) macaco hidráulico  32 toneladas    kit 2 espatula e trava.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>570,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61710", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61710", " ( 11 itens ) 3 chave roda cruz   6 trenas de 5metros  1 jogo chave allen 25 peças   1 jg soquete 24 peças.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>270,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61715", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61715", " 2 pneus medida 4.50-21 de charrete  raridade, sem uso.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61096", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61096", " 2 pneus de carro sendo medida 185/70-14 e 205/55-16, sem uso.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61095", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61095", " 6 pneus  de moto medida  90/90-18, sem uso fabricação 2020.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61092", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61092", " 2 pneus  de carro 185/65-15, sem uso.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61097", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61097", " 2 pneus  de carro medida  195/60-15, sem uso.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61720", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61720", " 5 pneus de moto sendo. 3 peças  140/70-17 e 2 pecas 110/70-17. Todos sem uso fabricação  2018 e 2019")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61099", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61099", " Balanceadora para rodas de veiculos de passeio, usada.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61102", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61102", " Calibrador digital completo, sem uso.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>420,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61108", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61108", " Esticador hidraulico 6 toneladas, produto sem uso.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>470,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61106", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61106", " Prensa hidráulica de bancada 15 toneladas, sem uso.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61718", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61718", "  6 pneus de moto de trilha sem uso")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61109", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61109", " Guincho hidraulico 1/2 tonelada, sem uso.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61719", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61719", " 6 pneus sendo 1 pç 140/70-17   1 pç 110/70-17   1 pç 120/70-17   2  pç 16x1.75   1 pç 90/90-19 . Sem uso")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61110", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61110", " ( 3 itens) Macaco jacaré 2 toneladas sem uso + esticador hidráulico 6 toneladas sem uso + calibrador digital, sem uso.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61100", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61100", "(2 itens) 1 Macaco jacaré 2 tonelada sem uso + 1 calibrador digital, sem uso.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61105", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61105", " 2 macaco jacaré 2 toneladas, sem uso.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61103", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61103", " Macaco jacaré 2 toneladas rebaixado, sem uso.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61101", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61101", " Bomba dágua, sem uso.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61098", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61098", " Macaco jacaré  2 toneladas longo, sem uso. ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61107", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61107", "( 3 itens) 1 macaco jacaré  2 toneladas longo sem uso + 1 esticador  hidráulico 6 tonelada sem uso + 1 calibrador  digital sem uso")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.370,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61104", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61104", "( 2 itens)  macaco jacaré 2 toneladas longo sem uso + vulcanizadora de câmara de ar profissional, sem uso")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61116", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61116", "( 3 itens)  1 macaco hidráulico 8 toneladas + 1 macaco jacaré 2 toneladas com maleta + 1 lixadeira angular de alta rotação. Produtos sem uso.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61124", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61124", " 1 carro esteira para mecânico   1 macaco hidráulico  de 8 toneladas   quadro de ferramentas com 10 ganchos. Produto sem uso.")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>440,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61123", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61123", "( 2 itens ) 1 Pingadeira de óleo 25 litros com 6 funis + 1 balde para graxa 8kg com compactador, produto sem uso.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61723", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61723", " maleta de ferramentas  com 113 peças  sem uso")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61721", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61721", " (2 itens) 1 maleta ferramentas  113 peças    1 jogo de soquetes  com 24 peças . Sem uso")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61114", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61114", " Medida aferidora para conbustivel para posto, produto sem uso.")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61115", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61115", "( 2 itens) 1 pingadeira de óleo 25 litros + 1 balde de graxa 8kg, produtos sem uso.")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61120", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61120", " Pingadeira de óleo 25 litros, produto sem uso.")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61118", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61118", " 1 balde para graxa para 8kg com compactador, produto sem uso. ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61113", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61113", " Coletor de oleo 50 litros com carrinho. Produto sem uso.")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61122", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61122", "(2 itens) 1 coletor de óleo 50 litros com carrinho +1  balde para graxa 8kg. Produtos sem uso.")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>270,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61722", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61722", " (3 itens)  1 shampoozeria  para lava rápido , 1 balde para graxa de 8kg e 1 alicate  universal. Sem uso")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61119", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61119", " Balde para troca de oleo de cambio e diferencial capacidade 14 litros, produto sem uso.")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61716", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61716", " 2 balde de graxa  de 8kg sem uso")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61117", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61117", " 2 pneus de empilhadeira medida  600-9   2 camaras de ar aro 9   2 protetor aro 9. Produtos sem uso.")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61111", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61111", " 2 pneus  de empilhadeira  medida  650-10   2 camaras de ar aro 10   2 protetor aro 10, produto sem uso.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61717", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61717", " Maleta ferramentas carrinho  com 186 peças  sem uso.")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...10 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61709", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61709", " (4 itens) 1 torquimetro de estalo   1 jogo de chave combinada   1 tesoura de poda   1 bomba  manual de 58 cm. Sem uso ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61712", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61712", " maleta de ferramentas  cromo vanadium com  110 peças")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61707", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61707", " 24 torneira plastica de pia 1/2 sem uso")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61713", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61713", " 10 bandeja de pintura  sem uso")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61773", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61773", "( 2 itens) 1 desforcimetro de caminhão solta facil + 1 macaco hidropneumatico  20 toneladas. Sem uso.")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61774", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61774", "Vulcanizadora de pneu de caminhão articulada, sem uso.")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62100", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62100", " ( 5 itens) 1 grampeador pneumaticos   1 furadeira pneumatica   1 martelete pneumatico  1 cortador pneumático  1 jg chave fixa com 8 peças. Todos itens sem uso.")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62109", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62109", " ( 8 itens)  1 kit c/ 8 peças  chave fenda e philips  1 engraxadeira   1 alicate corte   1 alicate uiversal  1 pistola cola quente  1 kit chave alen  1 kit chave combinada   1 arco serra. Sem uso.")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62115", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62115", " ( 5 itens ) 1 multimetro digital   1 alicate amperimetro  1 nivel a laser    1 alicate universal   1 alicate de corte. Sem uso")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62112", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62112", " 24 torneiras plastica para tanque  sem uso.")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62098", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62098", " 24 torneiras plastica para jardim. Sem uso")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62119", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62119", " ( 5 itens) 1 furadeira pneumatica   1 grampeador pneumático   1 jogo chave combinada   1 alicate corte   1 alicate universal. Sem uso.")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>310,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62117", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62117", "  8 itens)  1 kit c/ 8 peças  chave fenda e philips  1 engraxadeira   1 alicate corte   1 alicate uiversal  1 pistola cola quente  1 kit chave alen  1 kit chave combinada   1 arco serra. Sem uso.")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62120", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62120", " ( 4 itens) 1 pistola de pintura   1 martelete pneumatico   1 relogio comparador   1 engraxadeira.  Sem uso. ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62099", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62099", " ( 3 itens) 1 pistola de pintura   1 cortador  pneumatico   1 cabo para bateria. Sem uso. ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62103", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62103", "  ( 7 itens) 1 jg chave fenda e philips   1 multimetro digital    1 alicate  corte   1 alicate  universal   1 ferro de solda   1 kit chave alen   1 pistola de cola quente. Tudo  Sem uso. ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62121", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62121", " ( 3 itens) 1 pistola de pintura    1 cortador  pneumatico   1 jg chave combinada.  Sem uso")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62097", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62097", " 24 torneiras plastica para lavatório sem uso")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62108", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62108", " ( 4 itens ) 1 multimetro digital   1 nivel a laser   1 alicate  amperimetro   1 relogio comparador. ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62114", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62114", " maleta de ferramentas  cromo vanadium com  110 peças.")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62113", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62113", " ( 2 itens) 1 torquimetro   1 relogio comparador sem uso.")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62118", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62118", "  ( 5 itens ) 1 ferro solda   1 alicate amperimetro   1 multimetro digital   1 nivel a laser   1 pistla de cola quente. Sem uso.")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62116", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62116", " ( 3 itens) 1 kit ferramentas 117Pç   1 cabo bateria   1 arco de serra. Sem uso ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62106", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62106", " ( 3 itens) 1 jg soquetes com 24 peças    1 arco de serra   1 cabo de bateria. Sem uso. ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62105", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62105", " ( 4 itens) 1 jg soquete 24 Pç    1 jg chave combinada 12 Pç    1 jg chave alen 25 Pç   1 cabo bateria. Sem uso.")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62111", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62111", "  ( 4 itens) 1 maleta de ferramentas 117 Pç    1 cabo de bateria   1 arco de serra   1 multimetro. Sem uso.")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62104", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62104", " ( 6 itens) 1 cabo de bateria   1 chave de roda   1 jg chave allen  1 jg chave fenda e philips   1 jg chave boca   1 bomba pedal. Sem uso. ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62102", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62102", " ( 3 itens) 1 pistola de pintura   1 jg chave fenda e philips   1 pistola  de cola quente  Sem uso. ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62110", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62110", " ( 3 itens) 1 jg soquete 24 Pç   1 jg chave alen com 25 Pç    1 multimetro digital. Sem uso.")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62101", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62101", " ( 3 itens) 1 jg soquete  com 24 Pç   1 bomba de encher de pedal   1 jg chave fixa. Sem uso .")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62107", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62107", " ( 14 itens) 2 jg de chave combinada com  12 Pç    2 pistola cola quente   2 multimetro digital   2 jg chave alen 25 Pç    2 bomba pedal   2 jg chave fixa   2 jg serra copo bimetal . Sem uso.")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>360,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62136", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62136", "( 5 itens) 1 multimetro digital com sensor + 1 alicate amperimetro + 1 ferro de solda + 1 pistola  de cola + 1 alicate bico. Sem uso.")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62137", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62137", "( 4 itens) 1 grampeador pneumatico 1 pistola cola quente + 1 alicate bico + 1 jg chave fixa 8 Pç. Sem uso .")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62138", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62138", "( 4 itens) 1 multimetro digital + 1 nivel a laser + 1 alicate  amperimetro + 1 ferro  de solda. Sem uso.")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61006", "1002")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61006", " Farol automotivo. Sem uso")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61004", "1003")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61004", " Gabinete de informática altura 26 cm, largura 53 cm , profundidade 37 cm.")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61005", "1006")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61005", " riscadora  de pneus uso profissional   produto sem uso funcionando bivolt.")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61003", "1007")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61003", " riscadora  de pneus uso profissional   produto sem uso funcionando bivolt.")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61063", "1008")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61063", "  7 kit cabos  para bateria  200 amp 2.4 metros sem uso ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61044", "1014")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61044", " 12 pares de manete de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61067", "1020")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61067", " 10 Protetor de câmara de ar de caminhão aro 22, sem uso.")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61065", "1023")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61065", " Marcador  numerador de pneus")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61253", "1024")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61253", " Macaco jacare 2 toneladas compacto profissional, funcionando.")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61064", "1025")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61064", " Macaco jacaré profissional 2 toneladas, funcionando. Marca  nacional potente brasil")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61021", "1027")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61021", "  2 pneus biscoito recapado medida 185/70-14, pneu recapado,  sem uso.")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61025", "1030")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61025", " Assentador de talão bazuca profissional, semi nova. ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61024", "1031")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61024", " 8 kits reparo de pneu sem câmara, com macarrão, sem uso.")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61028", "1032")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61028", " Máquina para artesanado para frisar chinelos e outros, sem uso.")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61018", "1033")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61018", " 4 rodas de aluminio  aro 8   2 rodas de aluminio aro 6   5 pneus maciço, sem uso.")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61026", "1034")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61026", " 1 chave  inglesa sem uso 15"")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61019", "1035")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61019", " Diversas peças para rodoar de caminhão, sem uso.")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61036", "1041")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61036", " 4 rodas de ferro aro 14 usadas para aplicação  volkswagem")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61035", "1043")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61035", " 4 rodas de ferro aro 13, usadas, linha volkswagem.")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61037", "1045")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61037", "Jogo de rodas ( 4 unidades) cromada aro 22, usada. Ótimo estado de conservação, Última aplicação: S10 executiva.")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61038", "1046")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61038", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61040", "1047")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61040", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61039", "1048")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61039", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61066", "1049")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61066", " 12 pares de manetes de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61041", "1050")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61041", " 12 pares de manetes de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61007", "1051")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61007", " painel de shampoozeira para lava rapido sem uso")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61045", "1052")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61045", " 12 pares de manete de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61042", "1053")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61042", " 3 pares de manete de motos diversas   6 pares de manete de moto anodizado   1 par de manopla.  produto sem uso.")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61050", "1054")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61050", "2 carburador de moto ybr 1 kit cilindro de motor titan SEM USO 2 baterias moura novas 1 bateria moura usada")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61047", "1055")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61047", " 3 pares de amortecedor de moto colorido, produto sem uso.")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61046", "1056")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61046", " 3 kit de relação de moto produto de qualidade superior, produto sem uso.")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61048", "1057")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61048", " 4 kit de relação  de moto diversas  produto de qualidade superior, produto sem uso.")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61049", "1058")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61049", " prateleira semi nova de mdf super conservada  para quarto ou outra área. Medida comprimento 1.30 m profundidade 0.26 cm")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61043", "1060")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61043", " 2 gabinetes de informática com diversas peças dentro. Altura 0.39 cm largura 0.53 cm profundidade 0.67 cm")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61051", "1061")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61051", " Capa de banco de ducato sem uso   capa de volante aplicação indefinida")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61052", "1062")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61052", " Aproximadamente 15 luminárias diversas usadas ")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61053", "1063")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61053", " 10 suportes para capacete para expor em loja. ")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61059", "1064")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61059", " 204 litros de oléo para moto, produto sem uso, lacrado. Fabricação 2020. Sendo 144 litros 20/50   24 litros, 10/40 semi sintetico   36 litros 10/30 semi sintetico. ")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61061", "1065")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61061", "84 litros de oléo para moto, produto sem uso, lacrado. Fabricação 2020. Sendo 72 litros 20/50   12 litros 10/30 semi sintetico. ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61055", "1066")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61055", " 120 litros de oléo para moto 20/50, produto sem uso, lacrado. fabricação 2020.")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61056", "1067")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61056", " Macaco jacaré 2 toneladas sem uso, na caixa. ")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61054", "1068")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61054", " 60 litros de oléo para moto, produto sem uso, lacrado. Fabricação 2020. Sendo 48 litros 20/50   12 litros 10/30 semi sintetico. ")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61062", "1069")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61062", " 240 litros de oléo para moto 20/50, produto sem uso, lacrado. Fabricação  2020 ")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61060", "1070")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61060", " Descolador de pneus manual profissional, produto sem uso.")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61057", "1072")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61057", " Macaco jacaré 2 toneladas sem uso, na caixa. ")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61058", "1073")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61058", " Macaco hidropneumatico capacidade 20 toneladas. Produto sem uso, na caixa")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61136", "2001")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61136", " 30 capas de máquinas de lavar, modelos diversos. Produto sem uso.")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C19" s="4" t="inlineStr">
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61149", "2002")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61149", " 20 capas de máquinas de lavar, modelos diversos. Produto sem uso. ")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61138", "2003")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61138", " 4 luminarias retrô nos temas star wars e harry potter")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61148", "2004")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61148", " 3 pingômetros sem uso, cheio de cachaça.")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61142", "2005")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61142", " 3 pingômetros sem uso, cheio de cachaça.")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61141", "2006")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61141", " Artigos retrô sendo 1 pingometro tipo bomba de combustível 3 reservatório cheio de cachaça    5 porta guardanapo temas   3 kit saleiro e paliteiro   2 porta copo tudo sem uso")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D19" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="C21" s="4" t="inlineStr">
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61134", "2007")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61134", " Artigos retrô sendo 1 pingometro tipo bomba de combustível 3 reservatorio cheio  de cachaça    4 porta guardanapo temas   4 kit saleiro e paliteiro   4 porta copo tudo sem uso")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61146", "2008")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61146", "  3 pingometro cheio de cachaça")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61139", "2009")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61139", " Diversos itens retrô - sendo  9 porta guerdanapo   11 kit saleiro e paliteiro   3 porta copos.")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61145", "2010")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61145", "  9 capas de máquinas de lavar, modelos diversos. Produto sem uso. ")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61144", "2011")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61144", "  3 porta rolha sem uso")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61133", "2012")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61133", " 2 porta rolha sem uso   2 porta copos   4 saleiro   1 paliteiro   1 porta guardanapo")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="D23" s="4" t="inlineStr">
+      <c r="D172" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D25" s="4" t="inlineStr">
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61140", "2013")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61140", " 10 itens retrô tema inglaterra, sendo 5 porta guardanapo   5 porta copos.")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E25" s="5" t="inlineStr">
-[...282 lines deleted...]
-      <c r="D34" s="4" t="inlineStr">
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61137", "2014")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61137", " 30 itens tema cerveja - sendo 4 porta copos    9 porta guardapos   18 porta sal e palito")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E34" s="5" t="inlineStr">
-[...346 lines deleted...]
-      <c r="D45" s="4" t="inlineStr">
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61147", "2015")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61147", " 7 abridores de garrafa retrô")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>25.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61143", "2016")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61143", " 24 itens tema whiskey - sendo 7 porta copos    5 porta guardapos   12 porta sal e palito.")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E45" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D46" s="4" t="inlineStr">
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61150", "2017")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61150", " 42 itens tema cerveja - sendo 11 porta copos    4 porta guardapos   28 porta sal e palito.")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E46" s="5" t="inlineStr">
-[...671 lines deleted...]
-      <c r="E67" s="5" t="inlineStr">
+      <c r="E177" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
-      <c r="F67" s="4" t="inlineStr">
-[...3518 lines deleted...]
-      </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61135", "2018")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61135", " 28 itens tema diversos - sendo 10 porta copos    7 porta guardapos   10 porta sal e palito   1 chaveiro")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>