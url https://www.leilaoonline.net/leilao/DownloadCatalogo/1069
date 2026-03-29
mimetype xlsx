--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,1115 +269,979 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61418", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61418", " Prensa 20TON CA-385,  Calende")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61429", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61429", " Concha de Escavadeira")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61432", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61432", " GERADOR DE ENERGIA A DIESEL 18 KVA (frota 77),  FG WILSON ANO:   2008")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61435", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61435", " GERADOR DE ENERGIA A DIESEL 18 KVA (frota 48) , FG WILSON ANO:   2002")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61431", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61431", " GERADOR DE ENERGIA A DIESEL 20 KVA (frota 249),    LISTER ANO:   2009")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61423", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61423", " Painel de teste hidraulico,  Rexroth")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61421", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61421", " Pa Carregadeira Komatsu, WA180, OBS: Funciona.  ANO:   2003 CHASSI:  WA180-1B-B1890")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>81.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61420", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61420", " Trator Agricola Massey Ferguson  - 7180, OBS: Funciona.  ANO:   2011 CHASSI:  00T718049C000134")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>89.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61422", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61422", " Caminhão Garra L 1318, OBS: Funciona.  PLACA FMP-5058 ANO:   2012 RENAVAM:  599609664 CHASSI:  9BM694000CB839657")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>128.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61425", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61425", " Estrutura Metalica para Galpão")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61430", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61430", " Caçamba Cana Picada")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61426", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61426", " Trator Agricola 5310 - Massey Ferguson, OBS: Funciona.  ANO:   2001 CHASSI:  K010412")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>48.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61419", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61419", " Roçadeira rotativa Roadmaster - Herder")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61424", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61424", " Caçamba Distribuir Adubo - Shouli")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61428", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61428", " Compressor TA 120 ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61427", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61427", " Diversas Rampas Elevatórias")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61434", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61434", " Rolo Compactador CP 533-D - Caterpillar, OBS: Funciona.  ANO:   2003 CHASSI:  CATCP533HAFC00334")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>62.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61436", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61436", " Cabine Desmontada , Volksvagem Titan 18.310 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61437", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61437", " Caçamba Cana Picada")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61438", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61438", " Caçamba Cana Picada")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61439", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61439", " Caçamba Rollon")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61440", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61440", " Caçamba Rollon")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61441", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61441", " Prancha Semi-reboque BS02E - Rodotec,  obs:  Somente a Prancha, sem acessorio que está em cima da prancha PLACA DTE-3043 ANO:   2008 RENAVAM:  968176780 CHASSI:  9A9RB2E608SDU8158")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61442", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61442", " VEÍCULO FIAT DOBLO ESSENCE 7L PLACA:  PRH--FINAL 5,  ANO:   2018 .")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61443", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61443", " Roçadeira rotativa FLV - Herder")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61446", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61446", " Retroescavadeira Case.  580N 4X4 c/ Braço Extensor, OBS:  Funciona ANO:   2013 CHASSI:  NCAH05595")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>122.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61445", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61445", " VEÍCULO Land Rover  Evoque Dynamic Tech, OBS:  Funciona PLACA EVV- FINAL :3 ANO:   2012 ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>59.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61444", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61444", " Ar Condicionado 60.000BTU'S (Condesador e Evaporador) - Rheem, OBS:  Funciona")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61448", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61448", " Ar Condicionado 60.000BTU'S (Condesador e Evaporador) - Rheem, OBS:  Funciona")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61449", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61449", " Massey Ferguson  400E, OBS:  Funciona ANO:   1978")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61451", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61451", " CARRETA BAU, MARCA: FACCHINI, MODELO: SIDER TRES EIXOS,  OBS: SEM PNEU PLACA BWF-1928 ANO:   1995 RENAVAM:  642514828 CHASSI:  9EL11FR03SV000903")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61447", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61447", "CARRETA BAU / LONA, MARCA: RANDON, MODELO: SIDER TRES EIXOS,  OBS: SEM PNEU PLACA CLH-1981 ANO:   2000 RENAVAM:  735423393 CHASSI:  9ADF1363YYS151578")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61450", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61450", " VEÍCULO MARCA: BMW, MODELO: 320I PLACA FVB- FINAL: 2 ANO / MOD:  2012/2013 ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...990 lines deleted...]
-      </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>47.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61504", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61504", " Manipulador GTH 4013. MARCA: Genie, ANO / MOD: 2008, Nº de série: 18614")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>