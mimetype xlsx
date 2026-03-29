--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,3003 +269,2631 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6193", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6193", " ITA-003-2017 - RETROESCAVADEIRA CARTEPILLAR 365CL -  ANO: 2007 -")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6190", "004")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6190", " ITA-004-2017 - TRATOR DE ESTEIRA KOMATSU D375AX5 - 525HP - ANO: 2007 -")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6192", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6192", " ITA-005-2017 - RETROESCAVADEIRA VOLVO EC360BLC - 265HP - ANO: 2007 - ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6293", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6293", " SLS-EQ-009-2017 - CATERPILLAR 962 G 10 TON - ANO: 2002")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6290", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6290", " SLS-EQ-007-2017 - GUINDASTE MANUAL DE TRILHO - ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6448", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6448", " MARI-HDF9750-2016 - REBOQUE PASTRE DOLLY - ANO: 2007")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.600,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6195", "024")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6195", " CKS-JUS9408-2017  - CAMINHÃO CARROCEIRA M.BENZ/L 1620 - ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6454", "025")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6454", " SSG-006-2017 - PALIO FIAT ELX - ANO: 2005/2006")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6452", "026")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6452", " SSG-029-2016 - AMBULANCIA MERCEDES BENZ 311CDI - ANO: 2003")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6194", "027")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6194", " CKS-HDR4104-2017 SPRINTER FURGAO HB05 FURGÃO SPRINTER MERCEDES BENZ 313CDI ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6191", "028")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6191", " MUT-004-2017 - FORD/RANGER 2.3 XL 4X2 - ANO: 2001 - COMB. GASOLINA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6189", "029")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6189", " MUT-005-2017 - FORD/RANGER XLT 15X - ANO: 2001 -  COMBUSTIVEL GASOLINA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6294", "031")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6294", " SLS-EQ-014-2017 - M.BENZ L1418 - ANO: 1990 -")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6289", "032")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6289", " SLS-EQ-013-2017 - MBENZ - ANO: 2002 - ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>48.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6199", "033")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6199", " LOTE SSG_003_2017 - EMPILHADEIRA DE CARGAS CLARK CMP50SD CLARK - ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>9.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6297", "035")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6297", " IAV-1049-2016 - HONDA/CG 125 FAN - ANO: 2005 - ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6447", "036")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6447", " IAV-1041-2016 - HONDA/CG 125 FAN - ANO: 2005 ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6446", "037")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6446", " IAV-1045-2016 - HONDA/CG 125 FAN - ANO: 2005")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6445", "038")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6445", " IAV-1043-2016 - HONDA/CG 125 FAN - ANO: 2005")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6450", "039")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6450", " IAV-1044-2016 - HONDA/CG 125 FAN - ANO: 2005")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6449", "040")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6449", " IAV-1046-2016 - HONDA/CG 125 FAN - ANO: 2005")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6451", "041")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6451", " IAV-1050-2016 - HONDA/NXR 150 BROS KS - ANO: 2005")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6453", "042")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6453", " IAV-1051-2016 - HONDA/NXR 150 BROS KS - ANO: 2006")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6197", "043")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6197", " IAV-1040-2016 - HONDA/CG 125 FAN - ANO: 2005 - IMOBILIZADO SAP: - ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6196", "044")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6196", " IAV-1042-2016 - HONDA/CG 125 FAN - ANO: 2005 - IMOBILIZADO SAP:  - ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6292", "045")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6292", " IAV-1047-2016 - HONDA/CG 125 FAN - ANO: 2005  - ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6291", "046")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6291", " IAV-1048-2016 - HONDA/CG 125 FAN - ANO: 2005 - ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6455", "047")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6455", " 082-1067-2016 -  TORNO DIPLOMAT / NZ 400 - ANO: 2000")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>84</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6295", "048")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6295", " SLS-EQ-004-2017 - TORNO MECANICO USINAGEM ROMI MKD II -")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>89</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6296", "049")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6296", " SLS-EQ-010_2017 - PLAINA LIMADORA ZOCCA1000 - ANO: 1986 - ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6300", "050")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6300", " SLS-EQ-005-2017 - PALETEIRA/PLATAFORMA HAULOTTE - ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6299", "051")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6299", " SLS-EQ-006-2017 - EMPILHADEIRA AUTOMOTORA CLARK - ANO: 1986 -")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6298", "053")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6298", " ITA 012-2017 - APROX. 1033 ROLAMENTOS COMPONENTE - RELAÇÃO DETALHADA ANEXA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6198", "054")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6198", " ITA-002-2017 - RODAS E TAMPA COMBUSTIVEL - ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6202", "055")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6202", " SLS-EQ-002-2017 -  KARCHER BR 530 BAT - ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6201", "056")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6201", " ITA-001-2017 - 12 FILTROS DIVERSOS - ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6200", "057")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6200", " MARI- PE001-2017 - DERRICK / K48-90F-3 - ANO: 1996  - ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6203", "058")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6203", " MARI- PE002-2017 - DERRICK / 2SG480W15TK - ANO: 2000 - ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.950,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6301", "059")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6301", " SLS-EQ-016-2017 - ESTUFA FR 212-05 - ANO: 1986 - ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6303", "060")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6303", " TIG-005-2016 - 15 PLACAS DESG MET CARB CROM, ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6306", "061")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6306", " SLS-EQ-008-2017 - ESMERIL RETO 220V GGS6  0601214114 - ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6204", "062")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6204", "OIA-MRO-03-2017 - 2 TRANSFORMADORES DE POTENCIAL CAPACITIVO - 245KV E OUTROS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6205", "063")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6205", "OIA-MRO-04-2017 - 2 TRANSFORMADORES DE POTENCIAL CAPACITIVO - 245KV E OUTROS")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6206", "064")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6206", "OIA-MRO-05-2017 - 2 TRANSFORMADORES DE POTENCIAL CAPACITIVO - 245KV E OUTROS")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6208", "065")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6208", " OIA-MRO-06-2017 - 2 TRANSFORMADORES DE POTENCIAL CAPACITIVO - 245KV, E OUTROS")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6207", "066")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6207", "OIA-MRO-07-2017 - 2 TRANSFORMADORES DE POTENCIAL CAPACITIVO - 245KV E OUTROS")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6209", "067")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6209", "OIA-MRO-08-2017 - 2 TRANSFORMADORES DE POTENCIAL CAPACITIVO - 245KV E OUTROS")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6210", "068")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6210", " OIA-MRO-09-2017 - 2 TRANSFORMADOR DE CORRENTE 245KV, QDR-245 AUREA  E OUTROS ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6211", "069")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6211", " OIA-MRO-10-2017 - 2 TRANSFORMADORES DE CORRENTE 245KV, QDR-245 AUREA  E OUTROS")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6212", "070")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6212", " OIA-MRO-11-2017 - 2 TRANSFORMADORES DE CORRENTE 245KV, QDR-245 AUREA E OUTROS ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6215", "071")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6215", "OIA-MRO-12-2017 - 1 TRANSFORMADOR DE CORRENTE 245KV, QDR-245 AUREA  E OUTROS ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6304", "072")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6304", " OIA-MRO-13-2017 - 1 TRANSFORMADOR DE CORRENTE 245KV QDR-245 - AUREA  E OUTROS")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6302", "073")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6302", " OIA-MRO-14-2017 - 5 VÁLVULAS BORBOLETA 30"  E OUTROS")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6305", "074")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6305", " OIA-MRO-15-2017 - 14 PÁRA RAIOS DE MÉDIA TENSÃO POLIM D30 PI-3  -")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6307", "075")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6307", " OIA-MRO-16-2017 - 14 PÁRA RAIOS DE MÉDIA TENSÃO POLIM ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6311", "076")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6311", " OIA-MRO-17-2017 - 14 PÁRA RAIOS DE MÉDIA TENSÃO POLIM ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6308", "077")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6308", " OIA-MRO-18-2017 - 14 PÁRA RAIOS DE MÉDIA TENSÃO POLIM D30 PI-3")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6309", "078")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6309", " OIA-MRO-19-2017 - 14 PÁRA RAIOS DE MÉDIA TENSÃO POLIM")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6312", "079")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6312", " OIA-MRO-20-2017 - 10 PÁRA RAIOS DE MÉDIA TENSÃO POLIM")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6310", "080")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6310", " TIG-018-2016 - MANGUEIRAS, COMPONENTES ELETRONICOS, ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6313", "081")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6313", " CKS-MRO-001-2017 - 9 ADAPTADORES; APLICACAO: CAMINHAO")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6318", "082")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6318", " ITA 016-2017 - 602 ANEIS  COMPONENTES  ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6317", "083")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6317", " SLB-158-2016 - SUPORTES, PLACAS, BASE VIGA E OUTROS - ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6522", "084")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6522", " GOV-008-2017 - 9 TAMBORES DE 170 L. GRAXA;     ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6523", "085")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6523", " 082-1068-2016 - SERRA FITA, MARCA / MODELO: FRANHO / FM500 - ANO: 1979      ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6526", "086")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6526", " ITA-006-2017 - COMPONENTES DE FIXAÇÃO,     ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6524", "087")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6524", " ITA 007-2017 - COMPONENTES ELETRONICOS DIVERSOS    ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6527", "088")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6527", " ITA-009-2017 - BOMBA COMPONENTE COMPONENTE ;     ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6525", "089")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6525", " ITA-008-2017 - EIXO COMPONENTE; CAPA COMPONENTE;     ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6530", "090")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6530", " ITA-010-2017 - COROA  COMPONENTE ; EIXO  COMPONENTE ;     ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6528", "091")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6528", " ITA-011-2017 - COROA  COMPONENTE ; TELA  COMPONENTE ;     ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6529", "092")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6529", " ITA-013-2017 - FLANGE  COMPONENTE ; MOLA  COMPONENTE ;    ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6532", "093")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6532", " ITA-014-2017 - CINTA COMPONENTE; COROA  COMPONENTE ;      ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6531", "094")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6531", " ITA-015-2017 - PARAFUSO  COMPONENTE ; PORCA  COMPONENTE;     ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6533", "095")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6533", " SLB-095-2016 - ROLAMENTOS, COMPONENTES DE VEDAÇÃO,     ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>77</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>3.950,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6534", "096")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6534", " SLB-155-2016 - ROLAMENTOS, CONEXÕES,     ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>1.850,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6316", "097")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6316", " SLS-EQ-003-2017 - DESIGNJET 44" - ANO: 2015 - ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6314", "098")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6314", " MUT-054-2016 - DESKTOP LENOVO (MICROCOMPUTADOR COMPLETO), ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6315", "099")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6315", " MUT-055-2016 - 20 ESTACÕES DE TRABALHO L  - ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6319", "100")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6319", "MUT-056-2016 - 17 ESTACOES DE TRABALHO L  -")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6323", "101")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6323", " MUT-057-2016 - 3 CADEIRAS ESTOFADA ESPALDAR,")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6320", "102")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6320", " MUT-059-2016 - 6 CADEIRAS AUDITORIO ESPALDAR, ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6322", "103")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6322", " MUT-002-2017  - 3 ESTACÕES DE TRABALHO L")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6321", "104")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6321", " MUT-002-2017  - 14 ESTACÕES DE TRABALHO L -")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6536", "105")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6536", " SLB-159-2016 - REVESTIMENTO CAIXA ALIMENT;53-287767-500;     ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6538", "106")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6538", " SLB-001-2017 - PEÇAS E MANGUEIRAS CAT PARA MAQUINAS PESADAS     ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6537", "107")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6537", " CKS-MRO-001-2017 - PEÇAS PARA MAQUINAS PESADAS,      ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...48 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+      <c r="D97" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...265 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6550", "108")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6550", " SLB-002-2017 - ESPACADOR COMPONENTE; TIPO: LUVA; ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6546", "109")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6546", " SLB-003-2017 - TAMPA DY53501A-DCI FLOWSERVE; CALCO ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6549", "110")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6549", " SLB-004-2017 - UNIAO COMPONENTE; TIP;907 045 40 ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6547", "111")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6547", " SLB-005-2017 - REVESTIMENTO LATERAL 1º DE;53-386123-500; ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D27" s="4" t="inlineStr">
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6548", "112")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6548", " SLB-006-2017 - GUARNICAO COMPO; 1619 2795 00 ATLAS ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E27" s="5" t="inlineStr">
-[...703 lines deleted...]
-      <c r="E49" s="5" t="inlineStr">
+      <c r="E102" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F49" s="4" t="inlineStr">
-[...1694 lines deleted...]
-      </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6545", "113")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6545", " SLB-007-2017 - LUMINARIA ELETRICA; FORMATO: OVAL; ")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>