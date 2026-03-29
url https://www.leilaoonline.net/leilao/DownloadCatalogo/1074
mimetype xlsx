--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61784", "059")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61784", " CHASSI:  Microonibus, MB LO 814, ano:  2000 PLACA:  GXH 7386 RENAVAM:  00740375270. CHASSI:  9BM688176YB236265")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61783", "060")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61783", " CHASSI Caminhão,  MB 914, ANO.  97/97 PLACA:  CKZ7C50 RENAVAM:  00678694010. CHASSI:  9BM688133VB126130")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>23.250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61782", "061")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61782", " CHASSI  CAMINHÃO FORD CARGO 815, RHINUS800,  ANO: 03/03 PLACA:  NFE6020 RENAVAM:  00813129290. CHASSI:  9BFV2UHG13BB23008")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>16.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61780", "062")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61780", " CHASSI CAMINHÃO FORD CARGO 815, ano: 07/ 07 . PLACA:  NFR 5F44 RENAVAM:  00924336161. CHASSI:  9BFVCE1N47BB91238")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61786", "063")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61786", " CHASSI CAMINHÃO MB 710, ano:  2001/2001 PLACA:  GVP 9D72 RENAVAM:  00766845397. CHASSI:  9BM6881561B273477")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>14.250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61781", "064")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61781", " CHASSI CAMINHÃO AGRALE AUTO LAFE TRÓIA,  ano: 08/09 PLACA:  HSI1673 RENAVAM:  00115713913. CHASSI:  9BYC2011L9C000080")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>11.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61785", "065")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61785", " CHASSI CAMINHÃO MB 710 ano:  00/00 PLACA:  CQH5682 RENAVAM:  00734943768. CHASSI:  9BM688156YB228382")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61787", "066")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61787", " CHASSI CAMINHÃO  MB 812, ano:  1989/1990 PLACA:  GKO1I81 RENAVAM:  00248492500. CHASSI:  9BM688177KB865547")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>12.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61788", "067")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61788", " CHASSI CAMINHÃO  CARGO 815, ano: 2001 PLACA:  HRO6618 RENAVAM:  00767788370. CHASSI:  9BFV2UHG31BB06708")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>