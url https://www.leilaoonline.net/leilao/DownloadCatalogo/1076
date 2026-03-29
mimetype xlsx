--- v0 (2025-12-25)
+++ v1 (2026-03-29)
@@ -269,635 +269,559 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61667", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61667", "01 TANQUE PLASTICO, 5000 LITROS-  FABRICANTE ALPINA- LOC. SÃO BERNARDO DO CAMPO/ SP ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.700,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61668", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61668", "01 TANQUE PLASTICO, 5000 LITROS-  FABRICANTE ALPINA- LOC. SÃO BERNARDO DO CAMPO/ SP ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61669", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61669", "01- TANQUE PLASTICO 27000 LITROS - FABRICANTE ALPINA - LOC. SÃO BERNARDO DO CAMPO/SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61670", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61670", "01- TANQUE PLASTICO 27000 LTS - FABRICANTE ALPINA - LOC. SÃO BERNARDO DO CAMPO/SP")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61671", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61671", "01- TANQUE PLASTICO 21000 LTS - FABRICANTE ALPINA - LOC. SÃO BERNARDO DO CAMPO/SP")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61672", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61672", "18 PÇAS, AR CONDICIONADO ELGIN SPLIT DIVERSOS CAP. EM BTU POR HORA - VEJA DESCRITIVO DE ITENS - LOC. SÃO BERNARDO DO CAMPO/ SP ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61673", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61673", "127 PÇAS - PLACAS PARA SISTEMA DE AQUECIMENTO SOLAR - LOC. SÃO BERNARDO DO CAMPO/ SP ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61674", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61674", "2 PÇAS - FORNO CAPACIDADE 500KG - LOC. SÃO BERNARDO DO CAMPO/ SP ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61676", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61676", "05 PÇAS - PALETEIRAS ELÉTRICAS, LOC. SÃO BERNARDO DO CAMPO/SP ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61677", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61677", "01 TANQUE DE AÇO 10000 LTS- LOC SÃO BERNARDO DO CAMPO/SP ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61678", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61678", "01- TANQUE DE AÇO 6000 LTS - LOC. SÃO BERNARDO DO CAMPO / SP ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61679", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61679", "01 TANQUE DE AÇO 3000 LTS - LOC. SÃO BERNARDO DO CAMPO / SP ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61680", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61680", "QTD. TOTAL 16 TONELADAS APROX. DE MOTORES USADOS - VENDA POR KG- LOC. SÃO BERNARDO DO CAMPO/SP ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61681", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61681", "14 PÇAS - REFLETORES ATEX GLAMOX ANTI EXPLOSÃO- LOC. SÃO BERNARDO DO CAMPO / SP ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61682", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61682", "APROX. 5000 UNIDADES-ITEM NOVO, FLAP DISK  ,DISCO DE DESBASTE P40 115mm X 22,5mm- LOC. SÃO BERNARDO DO CAMPO/SP ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>68</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>11.200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61683", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61683", "6,5 TON. BARRA ROSCADA E PORCAS- DIVERSOS TAMANHOS - LOC. SÃO BERNARDO DO CAMPO / SP ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.600,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61697", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61697", "APROX. 25 TON. VIGAS DIVERSAS MEDIDAS COMPRIMENTO 4 METROS OU MAIORES, VENDA POR KILO- LOC. SÃO BERNARDO DO CAMPO/SP ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61698", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/61698", "APROX. 500 UNID. DE LENTES DE GÁS DE SOLDA 1/8 3.2MM - LOC. SÃO BERNARDO DO CAMPO /SP ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...350 lines deleted...]
-      </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64912", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64912", "APROX. 15 TON. VIGAS DIVERSAS MEDIDAS COMPRIMENTO 4 METROS OU MAIORES, VENDA POR KILO- LOC. SÃO BERNARDO DO CAMPO/SP ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>30.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>