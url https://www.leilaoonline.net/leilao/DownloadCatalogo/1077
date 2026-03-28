--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62252", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62252", " Lote com: 3 uni. impressoras LexMark T652")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62245", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62245", " Lote com: 10 uni. CPU´s Dell")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62259", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62259", " Lote com: 9 Servidores")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62260", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62260", " Lote com: 10 uni. Monitores LCD")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62247", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62247", " Lote com: 10 uni. Monitores LCD")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62256", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62256", " Lote com: 10 uni. Monitores LCD")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62249", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62249", " Lote com: 10 uni. Placas de vídeo")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62254", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62254", " Lote com: 7 uni. Televisores")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62255", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62255", " Impressora HPM9040")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62246", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62246", " Lote com: 5 uni. Servidores Apple")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62253", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62253", " Lote com: 40 uni. HD 2TB")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62250", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62250", " Ar condicionado COOLIX CLP48HR V@ - quente e frio - somente motor")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62258", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62258", " Lote com: 2 (DOIS)  Pneus BMW 320")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62257", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62257", " Lote com: 9 uni. Notebook Positivo")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62251", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62251", " Lote com: 6 uni. NO Break")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...350 lines deleted...]
-      </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62244", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62244", " Lote com: 4 uni. Servidores - Ligando ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>