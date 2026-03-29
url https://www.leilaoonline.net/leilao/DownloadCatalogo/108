--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,283 +269,251 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6587", "1144")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6587", "PASSAT VARIANT 2.0T, ANO/MOD 13/14, COR BRANCA, COMB. GAS, KM 38.500 - SCANIA LATIN AMERICA - IPVA 2017 PAGO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>63.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6591", "1145")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6591", "VW PASSAT 2.0T, ANO/MOD 13/14, COR BRANCA, COMB GASOLINA KM 55.600 - SCANIA LATIN AMERICA IPVA 2017 PAGO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>52.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6589", "1146")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6589", "VOYAGE 1.6 CITY, ANO/MOD 13/13, COR PRATA, COMB. FLEX, KM102.000 - SCANIA LATIN AMERICA IPVA 2017 PAGO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6588", "1147")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6588", "VOYAGE 1.6 CITY, ANO/MOD 13/13, COR PRATA, COMB. FLEX, KM 98.500 - SCANIA LATIN AMERICA -  IPVA 2017 PAGO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>24.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6585", "1148")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6585", "PASSAT VARIANT 2.0T, ANO/MOD 11/12, COR PRETA, COMB. GAS, KM 90.500 - SCANIA LATIN AMERICA IPVA 2017 PAGO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6590", "1149")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6590", "VOYAGE 1.6 CITY, ANO/MOD 13/13, COR PRATA, COMB. FLEX, KM 90.500 - SCANIA LATIN AMERICA IPVA 2017 PAGO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>21.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6584", "1150")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6584", "TOUAREG 3.6 V6  (BLINDADO), ANO/MOD 10/10, COR PRETA, COMB. GAS. KM APROX. 113.500 - SCANIA LATIN AMERICA IPVA 2017 PAGO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6586", "1151")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6586", "PASSAT VARIANT 2.0T, ANO/MOD 12/12, COR PRETA, COMB. GAS, KM 63.500 - SCANIA LATIN AMERICA IPVA 2017 PAGO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>44.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>