--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,4347 +269,3807 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65486", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65486", " VW Jetta 2.0 2011/2012 (docs pagos) - Veja vídeo")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>28.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65485", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65485", " peugeot 408 allure 2.0 2011/2012 (docs pagos) - Veja vídeo")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65433", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65433", " 2 uni.  lavadoras Wap - 110v")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65437", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65437", " Lavadora e aspirador Wap - 110v")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65432", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65432", " Lavadora Wap - 110v")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65435", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65435", " Lavadora Wap - 220v")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65448", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65448", " Lavadora Wap - 110v")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65436", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65436", " Lavadora Wap  - 110v")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65442", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65442", " 2 uni. Lavadora Wap - 110v")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65439", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65439", " Lote com: 2 cooktop e 1 depurador de forno")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65489", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65489", "1 Uni. Bebedouro - funcionando e 3 uni. purificadores")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65488", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65488", " Home Theater ( Funcionando)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65487", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65487", " Home Theater ( sem teste) ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65443", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65443", " 2 uni. Thermopulse ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65440", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65440", " Eletrônicos diversos")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65490", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65490", "Carrinho de oficina e 4 uni. Cabritas")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65444", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65444", " 2 Uni. Roçadeiras ( funcionando) ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65445", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65445", " Cabureteira antiga - funcionando ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65419", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65419", " bicicleta peugeot ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65420", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65420", " Monark tropical ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65421", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65421", " Bicicleta fofita ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65446", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65446", " Suqueira ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65449", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65449", " Suqueira sem cubas - Funcionando ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65454", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65454", " Receiver - Onkyo ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65451", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65451", " Aparelhos para senha ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65452", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65452", " 6 uni. Lixeira Inox e 2 uni lixeira fibra ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65422", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65422", "Aparelhos de ginástica ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65453", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65453", " 4 uni. Motores elétricos ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65438", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65438", " Gerador de energia 2hp")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65425", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65425", " Aparelhos de som diversos ( sem teste) ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65450", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65450", " Ar completo 24.000 btus sem uso")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65441", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65441", " Ar completo 9.000 btus sem uso")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65447", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65447", " Ar completo 12.000 btus sem uso")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65434", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65434", " Ar completo 9.000 btus sem uso")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65455", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65455", " Ar completo 24.000 btus sem uso")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65456", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65456", " Ar completo 9.000 btus sem uso")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65458", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65458", " Ar completo 9.000 btus sem uso")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65460", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65460", " Ar completo 9.000 btus")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65457", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65457", " 1 uni. ar Samsung 12.000 e 1 uni. LG 7.500 btus sem uso")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65459", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65459", " 1 uni. ar samsung 11.500 e 1 uni. LG 9.000 btus sem uso")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65467", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65467", " Ar completo 9.000 btus sem uso")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65461", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65461", " 3 uni.  Split e 3 uni. Condicionadores - 12.000 e 22.000 btus")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65463", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65463", " 4 uni.  Split - sem uso")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65466", "045")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65466", " 6 uni.  condicionadores e 4 uni. split")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65464", "046")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65464", " Apróx. 850 Kg de motores ( caixas não inclusas) - Preço Por Kg")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.955,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65474", "047")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65474", " Lote com 10 cpus")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65473", "048")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65473", " Lote com 7 cpus")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65476", "049")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65476", " 13 Uni. servidores  - 3 com 1TB - 1 com 500GB  - 2 com 320 TB de HD")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65477", "050")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65477", " Lote com: monitores, cpus ,placas notebooks pra peças")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65462", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65462", " Acer 4 gb 1tb funcionando (touch pad com defeito)")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65468", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65468", " 2 uni. note i3 2 gb sem HD")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65465", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65465", " 2 uni. note i3 2 gb sem HD")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65471", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65471", " 2 uni. note i3 2 gb sem HD")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65470", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65470", " 2 uni. note i3 2 gb sem HD")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65478", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65478", " 2 uni. notes i3 2gb sem HD")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65469", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65469", " 1 uni. note I3 e 1 uni.  note I5 com processadores")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65475", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65475", " 2 uni. notes i3 2gb sem HD")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65472", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65472", " 3 uni. notes i3 2gb sem HD")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65479", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65479", " Lote com: Mouses teclados caixas torre acessórios")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65480", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65480", " Lote com: Teclados mouses acessórios")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65481", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65481", " AiO AOC")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65482", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65482", " 1 uni. Pc 2 gb 200 hd e 1 uni. PC 2gb 500 HD (sem uso)")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65483", "064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65483", " 2 uni.  PCs (Sem uso)")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65484", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65484", " 2 uni.  PCs (Sem uso)")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65620", "066")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65620", " Lote com: 2 uni. Bombas e 2 uni. Máquinas - ligando")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65622", "067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65622", " Lote com: 3 uni. Tvs - 22 e 23 pol. - Funcionando")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65619", "068")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65619", " Lote com: 6 uni. Balanças e 1 uni. Luminária ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65624", "069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65624", " 6 uni. Tela de projetor. ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65634", "070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65634", " 4 uni. Tela de projetor.")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65631", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65631", " Impressora - sem teste")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65618", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65618", " 3 uni. Tela de projetor elétrica")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65621", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65621", " Lote com: 4 uni. Tela de projetor elétrica e 2 uni. Tela de projetor Manual.")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65623", "074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65623", " Apróx. 6.5kg de processadores e memórias ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65635", "075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65635", " 40 uni. Cadeira plástica ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65626", "076")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65626", " 5 uni. Tambores antigos 200L - bom estado")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65632", "077")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65632", " Lote com:  3 uni. Cpu dual core e 1 uni. notebook - faltando peças")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65630", "078")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65630", " 3 Uni. CPU - sendo 2 uni. Sem uso - ligando ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65637", "079")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65637", " Lote com: 1 uni. CPU 4Gb 750HD e 1 uni. CPU 4 Gb 1 TB - Ligando")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65633", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65633", " CPU AMD 8GB - 1 TB HD - Ligando")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65640", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65640", " Lote com: 2 Uni.  cpu 2gb 160hd e 1 Uni. 2gb 320hd - ligando")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65628", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65628", " 3 Uni. CPU - Ligando")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65629", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65629", " 3 Uni. CPU - Ligando")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65627", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65627", " 3 Uni. CPU - Ligando")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65625", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65625", " Aparelhos diversos - avariados ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65636", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65636", " AIO HP completo - não liga")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65638", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65638", " AIO HP 19.5 completo - Sem uso")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65641", "088")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65641", " Lote com: 2 uni.  Cpu hp 4gb 500 HD - Sem uso - sem fonte")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65639", "089")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65639", " Aio CCE completo")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65642", "090")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65642", " Aio AOC 19.5 - Sem uso")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65643", "091")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65643", " Aio HP 23 pol i5 8gb 1 TB touch-screen - Sem uso")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>2.050,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65644", "092")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65644", " Notebook HP 4gb 500 HD")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65646", "093")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65646", " Notebook i3 4 gb 320 HD")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65647", "094")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65647", " Notebook dell inspiron 4gb 500HD - Sem uso")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65650", "095")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65650", " Notebook dell inspiron 4gb 320 HD - Sem uso")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65652", "096")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65652", " Notebook dell inspiron 4gb sem HD -  Sem carregador ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65645", "097")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65645", " Notebook Acer i3 4gb 1TB")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65648", "098")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65648", " Notebook Acer i3 4gb ssd 240 GB ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.450,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65649", "099")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65649", " Note X2 i5 4gb ssd 128 GB touch-screen  função Tablet")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65651", "100")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65651", " Note i5 X2 4gb ssd 128 GB função Tablet touch-screen")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>2.050,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65653", "101")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65653", " Notebook i5 8gb ssd 240 gb")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65654", "102")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65654", "Notebook GAMER i3 6°G 20GB ram - 1 TB HD")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65656", "103")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65656", " Lote com: 6 uni.  caixas de som - com avarias")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65657", "104")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65657", " Lote com: 2 uni. caixas link 10 e Flip 4 - funcionando")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65655", "105")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65655", " 2 uni. notebook dell i3 2 GB 160 HD")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65658", "106")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65658", " 2 Uni. notebooks Dell i3 2 gb 160 HD")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65661", "107")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65661", " 2 Uni.  notebooks Dell i3 2gb 160 HD")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65659", "108")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65659", " Notebook dell i3 4gb 320 HD (carregador)   suporte")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65660", "109")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65660", " Ap. som Sony funciona FM,CD (bom estado)")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65663", "110")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65663", " Lote com: 2 uni.  monitor dell 17 hdmi 10 m e 1 uni. docking station hp - funcionando")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65664", "111")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65664", " Lote com: 15 uni. monitores 17 LG - Funcionando")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65665", "112")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65665", " Lote com: 8 Uni. monitores 17 pol - Funcionando")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65662", "113")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65662", " 4 Uni. caixas de som")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65666", "114")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65666", " Lote com: esteira e bicicleta ergométrica (sem teste)")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65669", "115")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65669", " Lote com: 6 Porta-chaves MENNO 48un (sem uso)")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66089", "116")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66089", "Transformador 150kwa (comitente disponibiliza carregamento por empilhadeira)")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>5.550,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66169", "117")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66169", "Lote para peças: 6 uni. CPU , 3 uni. notebooks e impressoras diversas.")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66301", "118")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66301", "Lavanderia completa - 3 peças - parcialmente desmontada - funcionando ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66321", "119")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66321", "Porta volumes aço 12 portas (sem chave Bom estado)")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66705", "120")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66705", "Turbilhão,peças com alumínio , ferramentas")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66322", "122")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66322", "Ford F-250 Turbo Diesel 2001 - Retirada do veículo  após dia 14/12")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>69</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66323", "123")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66323", "VW Gol - Special 2001 - Funcionando - Retirada do veículo  após dia 14/12")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66325", "124")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66325", "VW Parati 2011/2012 - Retirada do veículo  após dia 14/12")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>10.100,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66706", "125")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66706", "GM Blazer Gasolina 2.4 2004/2005 ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66742", "126")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66742", "Lote com: 12 pneus diversos - sendo 6 com rodas")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66887", "127")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66887", "Tubo nylon 40m pra combustível - bomba - madeira")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66707", "129")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66707", "Lote com: 3 gôndolas e 3 balcões de aço")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66895", "130")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66895", "2 no break (sem teste)")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66896", "131")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66896", "Lote com: 28 monitores e 10 cpus ( com avarias ) ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66897", "132")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66897", "Lote com: 7 notebooks i3 ( com avarias ) ")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66901", "134")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66901", "Gamer i5 4°G 16gb ram 3 TB HD (placa gigabyte) - Funcionando")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66902", "135")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66902", "Lote com: 3 prateleiras alumínio e vidro com corrediças - 2,00x73x56")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66983", "136")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66983", "Lote com: Flauta , 120 fitas e 4 video cassetes ")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66982", "137")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66982", " Mesa com 6 cadeiras maciça - Imbuia ")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66981", "138")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66981", " Piscina 3.20 x 1.50 ")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...548 lines deleted...]
-      <c r="F34" s="4" t="inlineStr">
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-[...3518 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67336", "139")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/67336", "Tv monitor 32 polegadas HBUSTER")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>