--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1339 +269,1175 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62264", "19073")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62264", "09 PÇAS - TROCADORES DE CALOR AR/ AGUA DIVERSOS - VEJA DESCRITIVO DE ITENS - LOC. SBC /SP ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>12.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62291", "19074")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62291", "01 PRENSA ELETRICA VERTICAL DETROIT - FUNCIONANDO - LOC. SBC ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>49</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62273", "19075")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62273", "01 COMPRESSOR DE AR PARAFUSO, KAESER , MOD. AS B1 , SEM TESTE -  LOC. SBC")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62272", "19076")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62272", "01 COMPRESSOR DE AR ESTACIONARIO INGERSOLL RAND, MOD. VC240 208V, SEM TESTE -  LOC. SBC")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62271", "19077")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62271", "01 COMPRESSOR DE AR ESTACIONARIO ATLAS COPCO, MOD. GA1107 WP 440V 7 BAR- SEM TESTE - LOC. SBC")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62283", "19079")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62283", "ESCAVADEIRA CATTERPILLAR SEM IMÃ ,  FUNCIONANDO - LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>46.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62279", "19082")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62279", "01 EQUIPAMENTO HIDRAULICO ROLL ON/OFF G25 IMAVI , SEM TESTE -  LOC. SBC / SP ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>78</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>29.750,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62280", "19083")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62280", "01 EQUIPAMENTO HIDRAULICO ROLL ON/OFF G25 IMAVI, SEM TESTE  - LOC. SBC / SP ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>95</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62300", "19084")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62300", "TESOURA HIDRAULICA PARA SUCATA - SEM TESTE - LOC. SBC/ SP ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62298", "19085")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62298", "01 TESOURA ELETRICA PARA SUCATA PIACENTINI, SEM TESTE- LOC. SBC / SP ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62282", "19087")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62282", "ESCAVADEIRA CATTERPILLAR MOD. 312B, DESMONTADA, SEM TESTE - LOC. SBC/ SP")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62294", "19089")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62294", "02 PÇAS - RADIADORES PARA CAMINHÃO VOLVO , LOC. SBC ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62274", "19090")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62274", "03 PÇAS COMPRESSORES HOOS S/ MOTOR ELETRICO, SEM TESTE - LOC. SBC")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62292", "19091")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62292", "PRENSA HIDRAULICA JBR TIPO JACARÉ, MED. PRENSAGEM 1700X850X600, SEM TESTE - LOC. PIRACICABA /SP ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62266", "19092")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62266", "01 CABINE ALTA TENSÃO 2017, 03 TRANSFORMADORES TRIFASICOS SECO 750 KVA, FUNCIONANDO - LOC. SBC / SP ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62293", "19093")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62293", "PRENSA HIDRAULICA JBR, TIPO JACARÉ MED. PRENSAGEM 1800X1200X600- SEM TESTE - LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62267", "19094")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62267", "01 CAÇAMBA PARA MUNCK, COR AZUL, MEDIDA 7,00 X 1,70 M 01 PORTA TRASEIRA, SEM TESTE - LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62275", "19095")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62275", "DISJUNTOR SIEMENS MOD. H515- ANS/12510- 350/13,8 HN,  SEM TESTE- LOC. SBC")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62268", "19096")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62268", "01 CAÇAMBA PARA MUNCK, COR BRANCA, MEDIDA 7,00M, 02 PORTAS TRASEIRAS, SEM TESTE -LOC. PIRACICABA/SP ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62277", "19097")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62277", "01 EQUIPAMENTO HIDRAULICO POLLI SIMPLES 7,00 X 2,80, LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62278", "19098")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62278", "01 EQUIPAMENTO HIDRAULICO POLLI SIMPLES 7,00 X 2,80, LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62281", "19099")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62281", "01 EQUIPAMENTO HIDRAULICO ROLL ON/OFF IDENTIFICADO N 4 - LOC.PIRACICABA  / SP ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>20.750,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62285", "19100")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62285", "ESCAVADEIRA PH VILLARES, FUNCIONANDO  - LOC. PIRACICABA /SP ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62269", "19101")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62269", "CAMINHÃO PLATAFORMA VILLARES COM MOTOR C/ RODAS, SEM TESTE - LOC. PIRACICABA/ SP ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62270", "19102")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62270", "CAMINHÃO PLATAFORMA VILLARES SEM MOTOR E S/ RODAS, SEM TESTE -  LOC. PIRACICABA/ SP ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62276", "19103")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62276", "01 EMPILHADEIRA HYSTER 4 TON. C/ MOTOR INSTALADO E CAMBIO DESMONTADO FALTANDO PÇAS - LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62303", "19104")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62303", "01 TESOURA HIDRAULICA PARA SUCATA N° 7- FUNCIONANDO - LOC. PIRACICABA/ SP ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62302", "19105")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62302", "01 TESOURA HIDRAULICA PARA SUCATA N°6  -MOTOR FUNCIONA - LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62297", "19106")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62297", "01 TESOURA ELETRICA PARA SUCATA, N° 05-FUNCIONANDO-  LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62296", "19107")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62296", "01 TESOURA ELETRICA PARA SUCATA, COR AZUL N° 4- FUNCIONANDO - LOC. PIRACICABA/ SP ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62301", "19108")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62301", "01 TESOURA HIDRAULICA PARA SUCATA N°3- FUNCIONANDO - LOC. PIRACICABA/SP ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62295", "19109")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62295", "01 TESOURA ELETRICA PARA SUCATA, COR AMARELA N°2, SEM TESTE - LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62299", "19110")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62299", "01 TESOURA ELETRICA PARA SUCATA PIACENTINI , FUNCIONANDO - LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62265", "19111")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62265", "01 BOBCAT MODELO IR COM MOTOR DESMONTADO, SEM TESTE - LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>9.750,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62304", "19112")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62304", "TRATOR VERDE SEM IDENTIFICAÇÃO C/ MOTOR E EQUIP. HIDRAULICOS- ( MOTOR FUNCIONA) LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62284", "19113")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62284", "01 ESCAVADEIRA PH VILLARES C/ MOTOR E RODEIRO- SEM TESTE  - LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>10.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62290", "19114")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62290", "01 MAQUINA DE SOLDA BALMER - SEM TESTE -  LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62305", "19115")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62305", "01 MAQUINA DE PLASMA PLASMACOR, MOD. 120 AR - SEM TESTE - LOC. PIRACICABA/ SP ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62287", "19116")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62287", "GUILHOTINA DE MESA, FUNCIONANDO - LOC. PIRACICABA / SP ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62288", "19117")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62288", "MAQUINA DE PLASMA HYPERTEM POWER MAX 1000, SERIE G3 - FUNCIONANDO - LOC. PIRACICABA /SP ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>5.100,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62289", "19118")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62289", "MAQUINA DE PLASMA HYPERTERM POWER 1000 SERIE G3, FUNCIONANDO- LOC. PIRACICABA/ SP ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>5.250,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>