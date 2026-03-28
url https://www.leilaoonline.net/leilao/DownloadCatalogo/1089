--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62314", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62314", " FORD CARGO 1723,  COMPACTADOR TOCO ANO / MOD:   2013/2013 PLACA:  OVA 0402 RENAVAM:  607048867 CHASSI:  9BFYEAHD2DBS54715")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62320", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62320", " FORD CARGO 1723, COMPACTADOR TOCO ANO / MOD:   2013/2014 PLACA:  OZJ 0330 RENAVAM:  1007634291 CHASSI:  9BFYEAHD1EBS57560")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62317", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62317", " FORD CARGO 1723,  COMPACTADOR TOCO ANO / MOD:   2013/2014 PLACA:  OZJ 4330 RENAVAM:  1007632957 CHASSI:  9BFYEAHD9EBS57550")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62322", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62322", " FORD CARGO 1723, COMPACTADOR TOCO ANO / MOD:   2014/2014 PLACA:  OZJ 5999 RENAVAM:  1008099373 CHASSI:  9BFYEAHD5EBS65497")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62321", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62321", " FORD/CARGO 1723K,  COMPACTADOR TOCO ANO / MOD:   2013/2014 PLACA:  OZJ -3330 RENAVAM:  1007634151 CHASSI:  9BFYEAHD8EBS56146")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
         <is>
           <t>90.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62319", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62319", " FORD CARGO 1723,  COMPACTADOR TRUCK ANO / MOD:   2014/2014 PLACA:  021-3999 RENAVAM:  1008094479 CHASSI:  9BFYEAHD4EBS64681")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62325", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62325", " FORD CARGO 1723 K,  COMPACTADOR TRUCK ANO / MOD:   2014/2014 PLACA:  OZJ 2999 RENAVAM:  1008092654 CHASSI:  9BFYEAHD2EBS64680")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62326", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62326", " VW/17.280 CRM 4X2 4P, COMPACTADOR TOCO ANO / MOD:   2013-2014 PLACA:  OZD 1461 RENAVAM:  1004410651 CHASSI:  953658246ER415302")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62323", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62323", " VW/17.280 CRM 4X2 4P, COMPACTADOR TOCO ANO / MOD:   2013-2014 PLACA:  OZD 5045 RENAVAM:  1004408436 CHASSI:  953658245ER425903")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62324", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62324", " VW/17. 280 CRM 4X2 4P,  COMPACTADOR TOCO ANO / MOD:   2013-2014 PLACA:  OZD 4068 RENAVAM:  1004406050 CHASSI:  953658244ER415086")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62315", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62315", " VW.17280 CRM, COMPACTADOR TOCO ANO / MOD:   2014/2014 PLACA:  OZE 9939 RENAVAM:  1007168215 CHASSI:  953658245ER434293")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62327", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62327", " VW.17280 CRM, COMPACTADOR TOCO ANO / MOD:   2014/2014 PLACA:  OZE 8405 RENAVAM:  1007165909 CHASSI:  953658246ER434755")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62318", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62318", " VW/17.280 CRM 4X2 4P, COMPACTADOR TOCO ANO / MOD:   2014/2014 PLACA:  OZN 5911 RENAVAM:  1020807232 CHASSI:  953658240ER447212")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...158 lines deleted...]
-      </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62316", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62316", " VW.17280 CRM, COMPACTADOR TOCO ANO / MOD:   2014/2014 PLACA:  OZE 4077 RENAVAM:  1007167197 CHASSI:  95365824XER434113")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>100.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>