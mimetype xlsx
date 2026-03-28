--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1019 +269,895 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62499", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62499", "[ RETIRADO ][ VÍDEOS ] COLHEITADEIRA NEW HOLLAND. MOD TC 59. ANO 2004. COM PLATAFORMA 23 PÉS")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62510", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62510", "CARROCERIA DE CANA PICADA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62498", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62498", "[ RETIRADO ] Colheitadeira Massey Ferguson  Mod. MF 32 Ano 2011.Com plataforma 20 pés. Funcionando.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>138.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62496", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62496", "[ RETIRADO ] Plantadeira marca Baldan. Ano 2011 -  9 linhas ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62511", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62511", "Trator Case. Mod. MX 240. Ano 2002")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>24.800,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62512", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62512", "Trator  Case. Mod. 8940. Ano 1999")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62513", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62513", "[ RETIRADO ][ VÍDEO ] VEÍCULO GAIOLA. MARCA BY COLELLA. MOTOR AP 2.0.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Lote retirado</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62505", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62505", "[ VÍDEO ] COLHEDORA DE CANA VALTRA. MOD. BE1035E. ANO 2016. Horimetro: aprox. 8900 horas. (MÁQUINA COLHENDO CANA NA SAFRA ATUAL)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>145.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>400.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62879", "011")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62879", "[ VÍDEO ] COLHEITADEIRA NEW HOLLAND. MOD. TC 57. ANO 1994. PENEIRA NIVELANTE MECÂNICA. COM PLATAFORMA DE 19 PÉS.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>35.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62509", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62509", " Plataforma de milho 10 linhas de 50 cm ano 2007 marca Vence Tudo Mod. PM 10 L. Bom estado.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62501", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62501", "5 pneus no estado - sendo: 3 com roda e 2 sem roda")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62503", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62503", "[ RETIRADO ][ VÍDEO ] TRATOR NEW HOLLAND. MOD. 7020. ANO 2013. APROX. 4995 HORAS")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>105.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62508", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62508", " Plataforma de milho 10 linhas de 70cm Ano 2014 - marca Methalc mod. 10 x 73. Bom estado.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62494", "043")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62494", " Tanque de Combustível. Aprox. 3.000 Litros. Com bomba.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62502", "100")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62502", "ÔNIBUS VW 18310 BUSSCAR. ANO 2005/05")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...20 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62485", "101")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62485", "GUINDASTE MADAL MD25. Ano 90  E  CAMINHÃO SCANIA VAPS 111S Ano 80. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62487", "102")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62487", "GUINDASTE TADANO. 60 Toneladas. Ano 2008")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64019", "103")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64019", "Guindaste Grove TMS 760. 60 Toneladas. Ano 1973. Sem motor. Sem câmbio. Sem jib. Sem Pneus.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62489", "104")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62489", "Guindaste P&amp;H. 15 Toneladas. Ano 1982")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>49.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62500", "207")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62500", "Câmbio Scania 113. Ano 1991. 5 marchas.Com servo-embreagem")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62506", "401")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62506", " Plantadeira. Metasa. 9 Linhas. Ano 2001.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62488", "403")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62488", "Plantadeira SPA Megaflex 4500 Baldan. Ano 2011")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...79 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62507", "405")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62507", " Forrageira JF 92z10 com kit JF 500_4 - 2010")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...260 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62497", "408")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62497", " Terraciador marca Cinema com 20 discos")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...180 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62491", "501")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62491", "Colheitadeira Massey Ferguson. Mod. MF 360. Ano 1986.  Sem bateria. Com plataforma para soja")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62492", "503")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62492", "Compressor. Modelo W-29120. Motor 30 CV. Pressão máx: 175 PSI")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62490", "504")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62490", "GRANDE QUANTIDADE DE PEÇAS ORIGINAIS VEÍCULOS FIAT E  DUCATO. SEGUE LISTA ANEXO COM DESCRITIVO DAS PEÇAS E VALORES DE CUSTO.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62486", "508")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62486", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62493", "510")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62493", " Arado. Marca Líder. 3 Discos")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62495", "511")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62495", " Caixote para Semi-reboque de Cana Picada. Ano 1995. Comprimento: 10 m")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...318 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62504", "512")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62504", "Transformador  trifásico - 380 voltz - 75 KVA ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>