--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,123 +269,111 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63387", "010")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63387", "I /  HYUNDAI AZERA 3.0 V6, 2014/2015, GASOLINA, PRETO, (BLINDADO) - FUNCIONANDO ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>44.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63205", "15480")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63205", "veja vídeo clique na 1ª foto I/VW TIGUAN 2.0 TSI; ANO 2014/2014, PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63206", "15481")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63206", "veja vídeo clique na 1ª foto - I/VW TIGUAN 2.0 TSI; ANO 2014/2014, PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>45.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>