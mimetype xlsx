--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,2907 +269,2547 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62643", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62643", "MOINHO DE BOLACHA - MOTOR 1 CV")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62644", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62644", "TACHO BOLA - ALT. 800 MMX DIA.840 MM")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62646", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62646", "MISTURADOR SIGMA 500 LITROS  - LARG.590 MM X ALT.760  MM X COMP.1150 MM - 2UN MOTOR MEXEDO 3 KW - 1 UM MOTOR DO BASCULANTE 2 CV")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62647", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62647", "BATEDEIRA DE MANTEIGA CAP. 600 LITROS - LARG.500 MM  X COMP. 1000 MM")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62652", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62652", "TRANSPORTADOR PNEUMÁTICO CAP. 100 LITROS - ALT.550  MM X DIA. 500 MM")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62653", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62653", "DRAGEADEIRA - DIA.BOCA 460 MM X DIA.CENTRO 900 MM  X BOCA A FUNDO 630 MM")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62654", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62654", "ESTEIRA FERRO, REVESTIDA COM INOX INTERNO - LARG.630 MM X COMP. 4750 MM - MOTOR 5 CV REDUTOR 7.13 RPM , 1:20 RED")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62655", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62655", "MOINHO DE FACA - MEDIDA CORPO LARG. 350 MM X COMP  980 MM X ALT.850 MM")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62656", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62656", "LAVADOR DE FRUTAS LARG.800 MM X COMP.2500 MM -  MOTOR ESTEIRA 1,5 KM - MOTOR DO LAVADOR 0,75 KW")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62657", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62657", "HOMOGENEIZADOR CAP.  LTS/HORA ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62658", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62658", "HOMOGENEIZADOR CAP. 1.250 LTS/HORA - MOTOR 15 CV")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62659", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62659", "AGITADOR MOTOR 1/2 CV")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62660", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62660", "BATEDOR + CUBA DE 50 LITROS - MOTOR 1,5 HP")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62661", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62661", "AGITADOR MOTOR 1/3 HP")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62662", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62662", "MISTURADOR/ BATEDOR COM CAMISA - ALT.280 MM X  DIA.340 MM")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62664", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62664", "MISTURADOR/ BATEDOR COM CAMISA - ALT.300 MM X  DIA.250 MM")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62665", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62665", "BATEDEIRAS - MARCA: MOEMA/G.PANIZ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62666", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62666", "ENCHEDEIRA DE PERFUME ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62667", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62667", "GELADEIRA CLIMATIZADORA - MARCA: NK SYSTEM")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62669", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62669", "ENCHEDEIRA DE CREME - FUNIL CAP.30 LITROS ALT.350MM  X DIA 320MMM")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62670", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62670", "EMBALADORA / ENVASADORA ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62671", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62671", "FILTRO PRENSA - PLACAS 10 UN - ALT.400 MM - DIA.400 MM'")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62720", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62720", "ESTUFA DE INOX MEDIDA INTERNA LARG.620MM X  COMP.800MM X ALT 600MM / MEDIDA EXTERNA  LARG.340MM X COMP. 630MM X ALT.340MM")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62721", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62721", "ESTUFA DE INOX MEDIDA INTERNA LARG.460MM X  COMP.470MM X ALT 750MM / MEDIDA EXTERNA  LARG.300MM X COMP. 300MM X ALT.400MM")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62722", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62722", "VALVULA PNEUMATICA ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62723", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62723", "VALVULA PNEUMATICA ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62724", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62724", "VALVULA PNEUMATICA ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62725", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62725", "22 UN - TUBO DE CELERON - 135X80X1000")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62726", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62726", "CENTRIFUGA - ALT.560MM X DIA.380")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62727", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62727", "WAP JATO C700 - ALTA PRESSAO - MOTOR 1/6 CV - PRESSÃO  120 BAR  (PESSOA FISICA)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62728", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62728", "MOTOR AGRALLE COM GERADOR (PESSOA FISICA)")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62729", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62729", "50 UN - MANCAIS DE DIVERSOS TAMANHOS  + 28 UN. MANAIS DE ENCOSTO (TOTAL: 78 UN. MANCAIS)")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62730", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62730", "2 UN - CENTRIFUGA DE TESTE")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62731", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62731", "BOMBA SANITARIA - MOTOR 40 CV - ROTOR 200/170")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62732", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62732", "BOMBA SANITARIA - MOTOR 40 CV - ROTOR 200/170")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62733", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62733", "ENCHEDEIRA DE GALÃO - TANQUE MENOR ALT.500MM X  DIA.350MM - TANQUE MAIOR ALT.850MM X DIAM.600 MM")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62734", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62734", "2 UN - TANQUE HIDROMASSAGEM - LAR.490MM X  COMP.890MM X ALT.500MM (PESSOA FISICA)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62735", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62735", "FILTRO DE CARTUCHO - ALT. 760MM X DIA.370MM")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62736", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62736", "TANQUE  DE PRESSÃO; 50 LITROS COM CAMISA - ALT.420MM  X DIA.400MM")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62737", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62737", "TANQUE  DE PRESSÃO 90 LITROS - ALT.460MM X DIA.500MM")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62738", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62738", "MISTURADOR TIPO TRIBLENDER - MOTOR 7,5 CV")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62739", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62739", "DRAGEADEIRA - DIA.BOCA 500 MM X DIA.CENTRO 900 MM  X BOCA A FUNDO560 MM")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62740", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62740", "DRAGEADEIRA COBRE - DIA.BOCA 250MM X DIA.CENTRO  500MM  X BOCA A FUNDO 350MM")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62741", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62741", "MISTURADOR STEFAN - ALT.250MM X DIA.500MM")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62742", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62742", "EXAUSTOR - MOTOR 7,5 CV")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62743", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62743", "VENTOINHA DE ALTA PRESSAO - MOTOR 5 CV")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62744", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62744", "EXAUSTOR - MOTOR 3 CV")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62745", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62745", "3 UN - BOMBAS CENTRIFUGAS - MOTORES 5 CV")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62746", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62746", "BOMBA SANITARIA - VAZAO 30 M³/HORA - MOTOR 20 CV")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62747", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62747", "BOMBA SANITARIA - MOTOR 30 CV")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62748", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62748", "BOMBA SANITARIA - MOTOR 5,5 KW")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62749", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62749", "SOPRADOR/BOMBA DE VACUO ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62750", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62750", "SOPRADOR/BOMBA DE VACUO ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62751", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62751", "EXAUSTOR AÇO CARBONO ALT.1350 MM")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62752", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62752", "EXAUSTOR AÇO CARBONO ALT.1600 MM")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62753", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62753", "EXAUSTOR AÇO CARBONO ALT.1450 MM")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62754", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62754", "EXAUSTOR AÇO CARBONO ALT.2300 MM")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62755", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62755", "EXAUSTOR AÇO CARBONO ALT.1200 MM")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62756", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62756", "EXAUSTOR AÇO CARBONO ALT. 2150 MM")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62757", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62757", "EXAUSTOR AÇO CARBONO ALT.3050 MM")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62758", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62758", "25 UNID. VALVULAS DIVERSAS - PESO 194 KG")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62759", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62759", "22 UNID. VALVULAS DIVERSAS - PESO 278 KG")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62760", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62760", "7 UNID. VALVULAS DIVERSAS - PESO 180 KG")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62761", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62761", "8 UNID. BOMBAS DE VACUOS - PESO 169 KG")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62762", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62762", "6 UNID. BOMBAS DIVERSAS - PESO 385 KG")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62763", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62763", "5 UNID - BOMBAS DIVERSOS - PESO 583 KG")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62764", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62764", "REDUTOR - PESO 410 KG")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62765", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62765", "2 UNID. REDUTORES - PESO 700 KG")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62766", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62766", "6 UNID. REDUTORES DIVERSOS - PESO 404 KG")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62767", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62767", "REDUTOR - PESO PESO 790 KG")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62768", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62768", "6 UNID. MOTORES DIVERSOS - PESO 302 KG")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62769", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62769", "6 UNID. SOPRADORES E VENTILADORES - PESO 130 KG")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62770", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62770", "COMPRESSOR DE FRIO - PESO 375 KG")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62771", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62771", "6 UNID. REDUTORES E VIBRADORES DIVERSOS - PESO 727 KG")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62772", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62772", "2 UNID.FILTROS PRENSA INCOMPLETO AÇO CARB. 21/19  UNID.PLACAS 630MM X630MM")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62773", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62773", "CARRETINHA 2500MM X 1100MM ( PESSOA FISICA - SEM  DOCUMENTO)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62774", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62774", "GUINCHO PARA HIDRÁULICO DE TRATOR (PESSOA FISICA)")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62775", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62775", "ROÇADEIRA (PESSOA FISICA)")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62776", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62776", "PLAINA PARA TRATOR ALT. 300 MM X COMP.1800 MM  (PESSOA FISICA)")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...75 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62777", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62777", "GUINCHO DE ARRASTRO MANUAL (PESSOA FÍSICA)")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62778", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62778", "4 UNID. SOPRADORES DE AR (PESSOA FISICA)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62779", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62779", "ESTEIRA DE INOX - PESO APROXIMADO 700 KG")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62780", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62780", "MISTURADOR TIPORIBBON BLANDER CAP.720 LITROS  BRUTO - ALT.900MM X LARG.700MM X COMP.1250MM - MOTOR 5CV")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62781", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62781", "NEBULIZADOR ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62782", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62782", "NEBULIZADOR ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62783", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62783", "PAINEL ELÉTRICO - ALT.2300MM X LARG.700MMX  COMP.1850 MM")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62784", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62784", "ELEVADOR VIBRATÓRIO ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62785", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62785", "ELEVADOR VIBRATÓRIO ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62786", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62786", "ROLAMENTOS DIVERSOS")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...110 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E99" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...2590 lines deleted...]
-      </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62787", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62787", "ESTEIRAS TRANSPORTADORAS EM AÇO INOX - COM CORRENTE EM PP; PESO 3.300KG")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>1,50</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>