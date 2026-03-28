--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1947 +269,1707 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63132", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63132", " [ VÍDEOS ] PÁ CARREGADEIRA CATERPILLAR. MOD. 938F. ANO 1997")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>87.100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63131", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63131", "[ VÍDEO ] ESCAVADEIRA KOMATSU. MOD. PC150SE. ANO 2001")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63133", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63133", " PÁ CARREGADEIRA DOOSAN 250. ANO 2008")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>87.300,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62792", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62792", " PATROL FIATALLIS FG70. ANO 96")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>53.900,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62805", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62805", "[ VÍDEO ] ESCAVADEIRA VOLVO. MOD. EC140. ANO 2004. MOTOR CUMMINS 4CC TURBO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>106.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62793", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62793", "[ VÍDEO ] PATROL DRESSER. MOD 130M. ANO 84.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>23.100,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63363", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63363", "[ VÍDEOS ] RETROESCAVADEIRA RANDON. 4X4. ANO 2013")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>89.750,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62794", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62794", " ROLO TEMA TERRA SP6000. ANO 83")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>26.950,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62806", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62806", "[ VÍDEO ] MINIESCAVADEIRA YAMMAR 2.5 T. ANO 2003")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62822", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62822", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. CA15. ANO 1988")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>50.450,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63453", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63453", "ROÇADEIRA ROTATIVA DE PASTO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63454", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63454", "CARROCERIA DE MADEIRA. 8 M.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62807", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62807", "[ VÍDEOS ] ROLO COMPACTADOR BOMAG. MOD. BW212 PD-40. ANO 2008")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>87.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62797", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62797", " ROLO COMPACTADOR MULLER. MOD. TI 18. ANO 1987. MOTOR MERCEDES. TRASMISSÃO CLARK 28.000")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>29.600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62799", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62799", " GARFO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63455", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63455", "ROLO COMPACTADOR MULLER. ANO 1990. TORQUE 28.000. (SEM MOTOR)")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>18.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62798", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62798", "[ VÍDEO ] FORD 1317. ANO 06. REDUZIDO. TURBINADO. INTERCALADO 4CC. DOC 2020")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>63.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63562", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63562", "[ VÍDEO ] TRATOR ESTEIRA KOMATSU. MOD. D61EX. ANO 2002")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>124.050,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62795", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62795", "[ VÍDEO ] ROLO MULLER TC18. ANO 92")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>32.400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63607", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63607", "[ RETIRADO ][ VÍDEO ] ESCAVADEIRA CATERPILLAR. MOD. 315CL. ANO 2006")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>114.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62802", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62802", "[ VÍDEO ] VIBRO ACABADORA. MOD. SA41. ANO 88")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>53.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64009", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64009", "CARRETA REBOQUE PARA TRANSPORTE DE MINIESCAVADEIRA / MINICARREGADEIRA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62803", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62803", "[ VÍDEO ] ESCAVADEIRA DOOSAN. MOD. DX53 W. ANO 2010. APROX 5.000 HRS. ACOMPANHA 01 ROMPEDOR HIDRÁULICO E 02 CONCHAS.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>132.900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62804", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62804", "[ RETIRADO ][ VÍDEO ] RETROESCAVADEIRA FIATALLIS. MOD. FB80. ANO 1998. 4X4.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>54.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62808", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62808", "[ VÍDEO ] MINI CARREGADEIRA CATERPILLAR. MOD. 226B. ANO 2010")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>68.150,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64010", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64010", "{ VÍDEO ] ESCAVADEIRA KOMATSU. MOD. PC160. ANO 2005")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>127.650,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64011", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64011", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS. MOD. FR140. ANO 2000")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>89.400,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64018", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64018", "[ RETIRADO ] PÁ CARREGADEIRA CASE. MOD. W 18. ANO 1988")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>86.800,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62796", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62796", "[ RETIRADO ][ VÍDEOS ] TRATOR ESTEIRA FIATALLIS. MOD. 14CT. ANO 94.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64263", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64263", "[ VÍDEO ] PÁ CARREGADEIRA. MOD. W18. ANO 1987")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>86.900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62800", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62800", "TRASMISSÃO DE MOTONIVELADORA CATERPILLAR 120H. ANO 99")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>33.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62801", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62801", "[ VÍDEO ] ROLO COMPACTADOR. MOD. TH10. ANO 87")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64270", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64270", "[ VÍDEO ] PÁ CARREGADEIRA CASE. MOD. W20B. ANO 1987")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>88.600,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62809", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62809", "[ VÍDEO ] EMPILHADEIRA HYSTER. ANO 1989. CAP. 2,5 T")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64495", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64495", "[ VÍDEO ] TRATOR MASSEY FERGUSON. MOD. 65R (TORQUE). CAÇAMBA 0,5M. ANO 1981")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64496", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64496", "[ RETIRADO ] TANQUE. CAPACIDADE 15.000 LITROS. MARCA BOZZA. MOTOR DIESEL/ BOMBA/ ASPERSOR/ ESGUICHO PARA INCÊNCIO (COMPLETO)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>17.200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62810", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62810", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62813", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62813", " CARRETA. CHAPEADA DE AÇO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62812", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62812", " CABINE DE TRATOR ESTEIRA DC CATERPILLAR")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62818", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62818", " CABINE DE PÁ CARREGADEIRA CATERPILLAR 966")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62814", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62814", " TRANSBORDO DE CANA COMPLETO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62816", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62816", " COMPRESSOR ATLAS COPCO. MOD. PARAFUSO. MOTOR PERKINS DIESEL")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>16.900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62811", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62811", " COMPRESSOR DE AR WAYNE")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62815", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62815", " RETROESCAVADEIRA FIATALLIS. MOD. FB 80. MOTOR MWM. ANO 1995")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>36.900,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62817", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62817", " REBOQUE/ CARROCERIA ABERTA NOMA SR. 3 EIXOS. ANO 1994/94. (CHAPEADO DE AÇO)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>18.900,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64497", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64497", "CAMINHÃO FORD F-600. CAÇAMBA. ANO 1976. DOCUMENTAÇÃO OK.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64535", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64535", "[ VÍDEOS ] ESCAVADEIRA KOMATSU. MOD. PC200. ANO 2010.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>119.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64744", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64744", "[ VÍDEOS ] TRATOR ESTEIRA CATERPILLAR. MOD. D6G. ANO 1999.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>179.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62819", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62819", "[ VÍDEOS ] ESCAVADEIRA NEW HOLLAND. MOD. E385. ANO 2016")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>285.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62820", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62820", " CONCHA DE ESCAVADEIRA KOMATSU. DIMENSÕES: 1,15 M (LARGURA) x 0,95 M (ALTURA).")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...53 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62823", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62823", "[ RETIRADO ] 3 UNIDADES DE GRAMICHEL PARA ESCAVADEIRA HIDRÁULICA (OPERACIONAL)")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62821", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62821", " LOTE DE 06 PEÇAS, SENDO: 1 'H', 2 CONCHAS, 1 MANGA DE EIXO PARA RETROESCAVADEIRA, 1 LÂMINA DE PATROL E 1 LÂMINA DE TRATOR ESTEIRA")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62824", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62824", " RIPPER DE TRATOR ESTEIRA D8K. COMPLETO. COM 1 UNHA.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64747", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64747", "[ VÍDEO ] MINI ESCAVADEIRA CATERPILLAR. MOD. 302.5. ANO 2002.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>47.100,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64752", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64752", "CAMINHÃO FORD / F-12000 L. ANO 1997/1997. DIREÇÃO HIDRÁULICA. FREIO A AR.REDUZIDA. MUNCK 3,50 TON. MECÂNICA OPERACIONAL")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
-[...169 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>32.400,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64908", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64908", "TRATOR MASSEY FERGUSSON. MOD. 5275. ANO 2000. Barramento hidráulico/ tomada de força.")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>51.750,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62788", "105")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62788", " CARRETA C/ MESA DE 6 M ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...74 lines deleted...]
-      <c r="C28" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62789", "117")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62789", "[ VÍDEO ] ROLO COMPACTADOR MULLER TC18 . MARCA: MULLER . MODELO:  TC18 . ANO: 1987 ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62790", "127")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62790", " ROLO DE PNEUS TT SP-8000HD . MARCA: TEMA TERRA . MODELO:  TT SP-8.000 HD . ANO: 1985 ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D28" s="4" t="inlineStr">
-[...159 lines deleted...]
-      <c r="D33" s="4" t="inlineStr">
+      <c r="D69" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E33" s="5" t="inlineStr">
-[...1124 lines deleted...]
-      <c r="F68" s="4" t="inlineStr">
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62791", "132")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/62791", "DRAGLINE MARCA HR")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>