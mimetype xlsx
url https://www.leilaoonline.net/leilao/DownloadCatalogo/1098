--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,667 +269,587 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64758", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64758", " FIAT MICROONIBUS DUCATO DIESEL PLACA EEF-3208 ANO / MOD:  2010 ./ 2011 CHASSI:  93W244M24B2058099 RENAVAM:  218355122")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64753", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64753", " PEUGEOT  VAN BOXER M330M 23S, COM 16 LUGARES, 2800cc DIESEL PLACA DBS-4856 ANO / MOD:  2010 ./ 2011 CHASSI:  936ZBXMMBB2060022 RENAVAM:  250388618 OBS:   Motor batendo - Fundido ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>20.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64768", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64768", " TRATOR  VALMET ANO / MOD:  1975 ./")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64764", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64764", " VW SAVEIRO GASOLINA PLACA CDZ-9609 ANO / MOD:  1998 ./ 1999 CHASSI:  9BWZZZ376WP035806 RENAVAM:  706785266")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>6.150,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64761", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64761", " VW CAMINHÃO 15-180, PARA COLETA DE LIXO, 6420cc COM CAÇAMBA DIESEL PLACA CZA-5109 ANO / MOD:  2002 ./ 2002 CHASSI:  9BWNE72S82R220926 RENAVAM:  792804694")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64766", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64766", " MICROONIBUS MARCOPOLO VOLARE LOTAÇÃO DIESEL PLACA CZA-5101 ANO / MOD:  2002 ./ 2002 CHASSI:  93PB02A2M2C007218 RENAVAM:  781849780")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>20.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64769", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64769", " MBB  SPRINTER RONTAN AMBULÂNCIA, MOTOR 4.15 DIESEL PLACA DJP-9695 ANO / MOD:  2012 ./ 2013 CHASSI:  8AC906633DE073427 RENAVAM:  569765951")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>48.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64763", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64763", " SUCATA - SEM DOCUMENTOS   -  CAMINHÃO   FORD CARGO 1415 DIESEL PLACA BFW-5874 ANO / MOD:  1996 ./ 1996 CHASSI:  BFXTNCF3TDB52041 RENAVAM:  656581689 OBS:  SUCATA - SEM DOCUMENTOS. Lances somente de empresas cadastradas no DETRAN como Desmanche.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>81</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>25.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64772", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64772", " SUCATA - SEM DOCUMENTOS   -  CAMINHÃO  MBB  L 2213 TRUCADO CAÇAMBA DIESEL PLACA CDZ-9605 ANO / MOD:  1986 ./ 1986 CHASSI:  34540312700693 RENAVAM:  369678842 OBS:  SUCATA - SEM DOCUMENTOS.  - SEM MOTOR - Lances somente de empresas cadastradas no DETRAN como Desmanche.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64767", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64767", " FIAT STRADA WORKING CARROCERIA ABERTA, 1.5 MPI GASOLINA PLACA GSP-6870 ANO / MOD:  2001 ./ 2002 CHASSI:  9BD27801222790968 RENAVAM:  768059178 OBS:  Motor Fundido")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64771", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64771", "RETIRADO DO LEILÃO  ( Ciretran não emitiu a respectiva baixa (chassis e placa).   . SUCATA - SEM DOCUMENTOS - CHEVROLET - S-10 CAMINHONETE ROTAN, MOTOR 2.4 GASOLINA PLACA CDV-1468 ANO / MOD:  2002 ./ 2003 OBS:  SUCATA - SEM DOCUMENTOS. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64765", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64765", "  PEUGEOT BOXER M330M HDI AMBULÂNCIA, COM 16 LUGARES, 2800cc  DIESEL PLACA DBS-4841 ANO / MOD:  2005 ./ 2006 CHASSI:  936ZBPMMB62001897 RENAVAM:  887598978 OBS:  Motor fundido")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64770", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64770", " SUCATA - SEM DOCUMENTOS -  VW KOMBI COM 9 LUGARES GASOLINA PLACA CDZ-9594 ANO / MOD:  1998 ./ 1999 CHASSI:  9BWZZZ237WP011814 RENAVAM:  700860703 OBS:  SUCATA - SEM DOCUMENTOS. Lances somente de empresas cadastradas no DETRAN como Desmanche.")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64756", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64756", " VW NOVO VOYAGE 1.6 CITY FLEX PLACA EOB-9577 ANO / MOD:  2013 ./ 2014 CHASSI:  9BWDB45U4ET114884 RENAVAM:  586145613 OBS:  Batido")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64759", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64759", " FORD FOCUS SEDAN 1.6 FC GASOLINA PLACA CZA-5103 ANO / MOD:  2005 ./ 2006 CHASSI:  8AFDZZFFC6J468215 RENAVAM:  874987342")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64757", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64757", " MATERIAIS HOSPITALARES DIVERSOS")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="A18" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64762", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64762", " VW  GOL 1.6 G5, VIATURA POLICIAL,CATEGORIA OFICIAL FLEX PLACA DBS-4853 ANO / MOD:  2010 ./ 2011 CHASSI:  9BWAB05U4BP076301 RENAVAM:  234678089.  OBS:  sem o giroflex. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
-      <c r="B18" s="4" t="inlineStr">
-[...115 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64755", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64755", " MESAS, CADEIRAS, BERÇOS E EQUIPAMENTOS DE INFORMÁTICA, COFRE E DIVERSOS")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64760", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64760", " CHEVROLET ASTRA SEDAN ADVANTAGE 2.0 FLEX PLACA DBS-4844 ANO / MOD:  2007 ./ 2007 CHASSI:  9BGTR69W07B262741 RENAVAM:  918855683")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="B22" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...222 lines deleted...]
-      </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64754", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64754", " ONIBUS   VW  15.190 EOD E. S. ORE ESCOLAR,  4748 CC COM 48 LUGARES DIESEL PLACA DBS-4862 ANO / MOD:  2011 ./ 2011 CHASSI:  9532882W3BR159414 RENAVAM:  339108940. mecânica incompleta e desmontada. ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>36.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>