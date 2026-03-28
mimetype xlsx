--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63112", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63112", " FORD/ F250 XL L. 4x2. DIESEL. ANO: 2004")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>46.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63126", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63126", " CARRETA REBOQUE ( 5 CAVALOS )   . Mod: TRAILER  . Ano:  1987/1988")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63118", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63118", " PATROL. Marca: CATERPILLAR. Mod: 120B. Ano 1978.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63127", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63127", "[ RETIRADO ] TRATOR DE  ESTEIRAS  . Marca: FIATALLIS  . Mod: AD7B . Ano:  1987")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>54.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63119", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63119", " CARREGADEIRA DE CANA JD 6405. Marca: MOTO CANA. Mod: JOHN DEERE 6405. Ano 2002.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63113", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63113", " TRANSBORDO  . Marca: SANTA IZABEL  . Mod: TASI 10500 . Ano:  2012")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63124", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63124", " TRANSBORDO  . Marca: SANTA IZABEL  . Mod: TASI 10500 . Ano:  2012")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63116", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63116", " TRANSBORDO  . Marca: SANTA IZABEL  . Mod: TASI 10500 . Ano:  2012")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63115", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63115", " TRANSBORDO  . Marca: SANTA IZABEL  . Mod: TASI 10500 . Ano:  2012")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63114", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63114", " EMPILHADEIRA  . Marca: HYSTER  . Mod: H80J . Ano:  1987")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63129", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63129", " 06 UNIDADES DE TRUCK DE ESTEIRA . Marca: JOHN DEERE . Mod: 3520 . Ano:  2012")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63122", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63122", " 03 UNIDADES DE ELEVADOR DE COLHEDORA . Marca: JOHN DEERE . Mod: 3520 . Ano:  2012")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63121", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63121", " 08 UNIDADES DE CUBO REDUTOR JOHN DEERE  . Marca: JOHN DEERE . Mod: 3520")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>8.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63130", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63130", " 02 TANQUES: HIDRÁULICO E COMBUSTIVEL . Marca: JOHN DEERE . Mod: 3520 . Ano:  2012")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63120", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63120", " 04 PEÇAS DE ALONGADORES DE RODA . Marca: JOHN DEERE . Mod: 7185J . Ano:  2017")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63117", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63117", " 16 PEÇAS DE ALONGADORES . Marca: VALTRA  . Mod: BH180 . Ano:  2017")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>9.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63123", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63123", " CARROCERIA BAÚ OFICINA  . Ano:  2002")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63125", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63125", " 10 UNIDADES DE ARO MOTRIZ . Marca JOHN DEERE")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63128", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63128", " 12 UNIDADES DE CAPUZ DO EXTRATOR PRIMÁRIO . Marca JOHN DEERE")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63201", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63201", "CAÇAMBA FACCHINI. 5,0 M. ANO 2013.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63202", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63202", "PATROL CATERPILLAR. MOD. 120B. ANO 1978")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63203", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63203", "02 UNIDADES DE HIDRO ROLL")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>24.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63225", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63225", "PLANTADORA DE CEREAIS. MARCA TATU. MOD. PST3. 7 LINHAS. SUPREMA A VÁCUO. ANO 2000")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64499", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64499", "[ VÍDEO ] LAND ROVER DISCOVERY 3 TD V6 HSE. Ano 2005/2006.  7 lugares. Diesel. Funcionando (Flexível da turbina estourado. Filtro de combustível obstruído)")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65075", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65075", " MOTOR A DIESEL DEUTZ COMPLETO NO ESTADO QUE SE ENCONTRA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65081", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65081", " TOBATA TR 9 A DIESEL COM ROÇADEIRA - NO ESTADO ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>5.350,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65080", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65080", " Compressor Schulz 60 pés 425 litros sem motor elétrico")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65076", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65076", " 10 UNIDADES DE ARO MOTRIZ . MARCA JOHN DEERE")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65078", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65078", " Comboio Gascom pressolub ano 2011, 9.000 litros de diesel.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...735 lines deleted...]
-      <c r="F35" s="4" t="inlineStr">
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65077", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65077", " Comboio Andrade ano 2008 - 5.000 litros")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>11.900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-[...25 lines deleted...]
-      <c r="F36" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65079", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65079", " Pneus com roda montado 600/60-30.5")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-[...25 lines deleted...]
-      <c r="F37" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65426", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/65426", "03 UNIDADES DE CUBO REDUTOR JOHN DEERE . MARCA: JOHN DEERE . MOD: 3520")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66080", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/66080", "[ LANCES POR KG ] Aproximadamente 4,5 t de sucata metálica")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>0,80</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>0.10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>