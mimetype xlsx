--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,3259 +269,2855 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6328", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6328", " Analisador multigás - Infravermelho - Múltiplas faixas - Saída 4 a 20mA - Temp. processo: 0 a 50 ºc - Alimentação 127-220Vca")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6324", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6324", " Motor BBC de Anel 3535CV 1877RPM 4000V")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6327", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6327", " 12 Peças Material Eletrico Diversos (Disjuntor; Capacitor; Fonte, Indutor e transformador)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6326", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6326", " 24 Peças Material Eletrico Diversos (Disjuntor; Chave Seccionadora; Capacitores; Para raios e acessorios para disjuntor 15KV)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6329", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6329", " 14 Peças Material Eletrico Diversos (Disjuntor; Maquina de Solda; Capacitores e conjunto de resistores)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6325", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6325", " 19 Peças Material Eletrico Diversos (Chave Seccionadora; 15KV; Conjunto de resistores; Disjuntor; Capacitores; Base Fusivel 400A a 15KV e transmissor)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6330", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6330", " 19 Peças Diversas (Atuadores; Transmissores; Valvúla; Ventilador; Servo motor e Taco gerador)")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6333", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6333", " 21 Peças Diversas (Atuadores; Valvulas registro e gerador de pulso)")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6331", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6331", " 20 Peças Diversas (Valvulas; Atuadores e Registros)")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6334", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6334", " 30 Peças Diversas (Inversores; Fonte; Relé; Base para Fusivel; Compressor)")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6332", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6332", " 01 Bomba hidraulica; 01 Fonte; 07 Pulgadores; 02 Presostatos; 18 extensão para compressor")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6335", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6335", " 25 Peças Chaves Seccionadores e Contator")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6336", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6336", " 30 Kit Jogo de juntas WTV 20N; 01 Fonte; 12 Inversores; 01 Ventilador e 01 Compressor")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6337", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6337", " 01 Disjuntor Merlin Gerin 800A; 01 Fonte ABB; Sucata de botoeira e Sinaleiro")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6339", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6339", " Materiais Diversos")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6338", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6338", " 4000 peças Chave liga / desliga 6A 220V")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6340", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6340", " 01 Disjuntor Merlin Gerin 800A; 01 Fonte; 02 Eletromagneto; 03 Refletores; 02 Luminárias; 03 Tomadas de 4 pinos 100A c/ Plug de aluminio)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6341", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6341", " 10 Compressores para Refrigeração")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6342", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6342", " 08 Compressores para Refrigeração")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6347", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6347", " Motor WEG 800CV 893RPM 6600V")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6344", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6344", " 01 Motor Villares 1630CV 1185RPM 4000V")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6343", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6343", " 01 Motor GE 770CV 760RPM 440V")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6345", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6345", " 01 Motobomba Motor WEG 15CV; 01 Motobomba Motor WEG 5CV; 01 Bomba KSB 32-200; 03 Atuadores; 01 Motor WEG 2CV; 01 Taco Gerador; 01 Motobomba 1/3CV; 01 Moto Redutor")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6346", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6346", " 01 Motobomba Motor WEG 15CV; 01 Motobomba Motor WEG 5CV; 01 Motobomba Motor GE 4CV; 01 Motor WEG 1/3CV; 01 Vibrador; 02 Servo Motor; 02 Compressor p/ Refriger.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6349", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6349", " 08 Motobombas diversas; 12 Motores Diversos")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6348", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6348", " 01 Filtro para Piscina")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6350", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6350", " Aprox. 100 Peças de valvulas diversas, Eletrovalvulas. Registro e filtros")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6352", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6352", " Aprox. 100 Peças de valvulas diversas, Eletrovalvulas,  filtros e registros")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6351", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6351", " Aprox. 120 Peças de Eletrovalvulas diversas")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6353", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6353", " 12 Peças Contator Inebrasa 400A 4160V")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6359", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6359", " 01 Motor GE 770CV 760RPM 440V")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6354", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6354", " 07 Compressores para refrigeração")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6356", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6356", " 17 Compressores para refrigeração")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6358", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6358", " 16 Compressores para refrigeração")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6355", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6355", " 20 Compressores para refrigeração")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6357", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6357", " Relé diversos e lâmpadas")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6361", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6361", " 09 Compressores para refrigeração")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6360", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6360", " 08 Compressores para Refrigeração")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6365", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6365", " 15 Peças Diversas, Bombas, Servo Motor, Motobomba, Motor, Ventilador, Variador de velocidade e moto redutor")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6362", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6362", " Lampadas Diversas")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6364", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6364", " 500 unidades Lampadas Flourescente; 30 unidades Lampadas HO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6363", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6363", " Inversor Corrente Contínua Allen Bradley 1395 400HP")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6367", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6367", " 100 Peças diversas valvulas, eletrovalvulas.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6370", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6370", " 100 Peças diversas manometros, termometros, eletrovalvulas, registro e valvulas")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6366", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6366", " 80 peças de Valvulas Diversas")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6369", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6369", " 01 Motor WEG 25CV; 01 Motor WEG 20CV; 01 Motor WEG 5CV; 01 Motor WEG 7,5CV; 01 Motor Erbele 7,5CV; 01 Bomba de vacuo; 01 Motor SEW 2.2Kv; 02 Eletromagneto p/ 70KG; 01 Compressor; 06 motor s/ identificação")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6368", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6368", " 05 Bombas de Vacuo")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6371", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6371", " 03 Motor WEG Corrente Continua 14KW 1250RPM 220V")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6374", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6374", " 01 Comando Hidraulico ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6375", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6375", " Polia e Mancais Diversos")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6373", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6373", " 01 Injetora")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6372", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6372", " 01 Sopradora")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6377", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6377", " 01 Prensa Jundiai")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6376", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6376", " 06 Trocador de Calor; 01 Suacat de balança")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6378", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6378", " 15 Peças Diversas, Motobombas, Bomba KSB")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6384", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6384", " 16 Peças Diversas, Motor, Motobomba, Medidor de Vazão")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6379", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6379", " Termopar e Luminarias Diversos")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6381", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6381", " 01 Inversor Mod. AMB-P9-400T3 440V 750A")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6380", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6380", " 01 Caldeira ATA H3 650KG")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6383", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6383", " Moitan Diversos e Bobina Cabo de aço")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6382", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6382", " 13 peças Contatores Merlig Gerin 7,2KV 400A")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6385", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6385", " 01 Estufa")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6386", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6386", " 01 MotoBomba Motor WEG 25CV; 02 Motobomba Motor WEG 12.5CV; 01 Motobomba Motor WEG 3CV; 01 Motor WEG 5CV; 01 Gerador 2KVA; 01 Bomba KSB; 01 Motobomba Motor WEG 7,5CV; 01 Motor siemens")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6387", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6387", " 01 Motobomba KBS motor weg 20CV; 01 Motobomba KSB motor WEG 10CV; 01 motobomba motor WEG 5CV; 01 Motor P/ talha; 01 Motor WEG 5CV")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6388", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6388", " 01 Motobomba motor Weg 25Cv; 01 Motobomba Motor WEG 12.5CV; 02 Motobomba Motor WEG 7,5CV; 01 Motobomba Motor WEG 10CV; 01 Motobomba Motor WEG 5CV; 02 bombas KSB; 01 Bomba hidraulica; 01 Motor vibrador; 01 motor eberle 7,5cv")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6390", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6390", " 02 Disjuntores 1250A")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6389", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6389", " 01 Compresssor Worthington Turbodyne Mod. UCR50; 02 caixas de emergência; 02 mercontrol")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6393", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6393", " Parafusos Diversos; Abraçadeiras; Juntas; porcas; celula de carga toledo etc.")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6391", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6391", " 01 Nobreak 7.0KW")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D79" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6394", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6394", " 01 Painel p/ Máquina de Solda")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
+      <c r="D80" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6392", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6392", " 01 Painel de acionamento c/ inversor")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6396", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6396", " 01 Painel de Distribuição")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6395", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6395", " 01 Painel de Distribuição")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6397", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6397", " 02 Cilindro Hidraulico")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6399", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6399", " 04 peças Servo conversor WEG; 04 peças Reliance; 01 Peça Lec; 01 Peça Diptron 3")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6400", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6400", " 01 Inversor Toshiba 11KW; 01 Inversor Sew; 01 Peça RW521; 01 Peça Allen Bradle; 02 Peças Reliance; 01 Peça RW521; 02 Peças Servo conversor Weg")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6398", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6398", " 02 Comando automatico Stemac; 01 Soft Starter Danfoss; 04 Pirometro; 01 Peça Diptron3; 06 Pç CPW-A250; 01 Pç AEG; 01 Pç Par 250; 01 Pç RW521; 01 Conversor Weg CA/CC; 01 Pç Reliance; 01 Pç Met.")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6402", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6402", " 25 Pirometros diversos; 10 Chaves Seccionadoras 125/160A; 01 Comversor CA/CC; 02 Fonte para solda; 01 par 250 WEG; 01 peça PH-Metro")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6401", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6401", " 04 Compressores; 01 Moto bomba; 01 Bomba de vacuo; 01 Ventilador com motor WEG 1,5cv")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6404", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6404", " 01 Compressor Radial; 01 Motor Variador; 03 Motoredutores; 01 Motor VS")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6403", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6403", " 01 Motobomba c/ Motor WEG 1CV; 03 Motoredutor; 01 Motor Baldor")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6406", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6406", " 01 Motor WEG 5CV; 02 Motobombas; Redutor; 01 Motor Baldor; 01 Motor s/ identificação; 01 motor c/ engrenagem")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6405", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6405", " 01 Exautor Pfaudler Vazão 56300 MCH")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6408", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6408", " 01 Soprador de Ar")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6407", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6407", " 02 Reostato para teste")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6410", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6410", " 02 Inversores Allen Bradley MOD. 1336 Plus 15CV")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...63 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6411", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6411", " 01 Disjuntor ABB 1600A; 03 Chaves Seccionadoras 15KV; 14 Para raios; 01 Peça ABB Spaj110C; 01 Peça ABB MGE; 01 Controlador de fator de Potência CM4000-12")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6409", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6409", " 01 Atuador Microprocessado Coester CPL5 c/ motor WEG 5CV; 01 Atuador Mitto Manual; 02 Valvulas de 125; 05 Valvulas Borboleta")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6412", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6412", " 01 Motor Hidraulico; 01 Comando Hidraulico")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6415", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6415", " 05 Bombas KSB; 01 Bomba EH; 01 Bomba Aurora")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6413", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6413", " 16 Peças Diversas Conversor CA/CC WEG; ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E19" s="5" t="inlineStr">
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6416", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6416", " 01 Nobreak 7.0KW")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6414", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6414", " 01 Painel p/ Maquina de Solda")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6418", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6418", " Aprox. 25 pças de Contatores e Chave Seccionadoras Diversas")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6417", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6417", " 01 Reostato ARG 740V 265A")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6419", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6419", " Aspirador de Pó industrial com motor Erbele 7,5CV")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6420", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6420", " TORNO PROMECA I 1750; DIMENSÕES: 500X3500 MM; PLACA: 1100X350 MM; OBS.: SEM CAVA.")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6421", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6421", " SERRA DE FITA HORIZONTAL FRANHO FM 1600; OBS.: CORTA MATERIAL DE ATÉ 320 MM.")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6423", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6423", " SERRA DE FITA HORIZONTAL FRANHO FM 1600; OBS.: CORTA MATERIAL DE ATÉ 320 MM.")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6424", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6424", " PANTÓGRAFO WHITE MARTINS MCPE 1500S; SÉRIE: D02-507")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
+      <c r="F110" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...2558 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6422", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6422", " CAVALO MÊC.  VW  19370 CLM T 4X2, ANO/MOD: 09/10 - ")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>