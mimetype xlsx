--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1339 +269,1175 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63382", "2030")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63382", "CARRETA ABERTA TIP REBOQUE ETAL, FCBM153759-8  GRAVAÇÃO DO CHASSIS COM FERRUGEM")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>850,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63383", "2031")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63383", "APARADOR DE GRAMA YAMAR TA 73, FCBM163558-1               ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63405", "2032")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63405", "TRITURADOR DE RESIDUOS BRUNO TRB4, FCBM 178443-9 ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>4.600,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63407", "2033")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63407", "MICROTRATOR YANMAR TC-14S, FCBM158747-1")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63211", "2038")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63211", " BANCO SUPINO SENTADO MATRIX G3S13, FCBM 218168-1                ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>3.650,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63220", "3067")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63220", " APARELHO P/EXERC.ELEV-INVER HAMER GBCT, FCBM 221725-2           ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63217", "3068")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63217", " APARELHO P/EXERC.ROTATORIOS HAMER GBJ, FCBM 221724-4             ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63212", "3161")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63212", " APARELHO P/EXERC.ROTATORIOS HAMER GBJ, FCBM 221721-0             ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63215", "3162")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63215", " APARELHO LEG PRESS FIXO RIGHETTO PR1078, FCBM 219827-4            ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63222", "3163")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63222", " APARELHO LEG PRESS FIXO RIGHETTO PR1078, FCBM 219826-6          ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.600,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63214", "4113")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63214", " APARELHO P/EXERC.ELEV-INVER HAMER GBSHP, FCBM 221723-6           ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63576", "5068")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63576", "213435-7 MONITOR DE VIDEO 8,5 LCD SONY")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63210", "5776")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63210", " APARELHO P/EXEC.CADEIRA FLEXORA MATRIX, FCBM  218170-3          ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63565", "13032")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63565", "TRITURADOR DE RESIDUOS CLEANY F08/085, FCBM 281961-9           ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63570", "19019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63570", "6 POLTRONAS GIRAT. GIROFLEX - FCBM:  62709-7; 62330-0; 62684-8; 64105-7; 64103-1;  64086-7")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63571", "19025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63571", "6 POLTRONAS GIRATÓRIA GIROFLEX - FCBM: 62317-2;  64128-6;  64097-2;  62817-4;  64123-5:  62417-9")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63568", "19055")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63568", "  212070-4 SUPORTE P/ANILHAS ORRO    ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63569", "19056")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63569", "  280862-5 TRITURADOR DE RESIDUOS CLEANY F08/085       ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63567", "19064")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63567", "  277604-9 APARELHO ELIPTICO RIGHETTO R550")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>2.900,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63572", "19065")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63572", "  266354-6 APARELHO P/EXER. EXTENSORA MATRIX         ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63573", "19068")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63573", "  266357-1 BANCO SUPINO SENTADO MATRIX G3S13         ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63574", "19072")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63574", "  266355-4 APARELHO P/EXER. EXTENSORA MATRIX         ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63556", "20317")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63556", " APARELHO P/ EXERC. SUPINO SENT., FCBM191234-8 ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63560", "20341")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63560", " APARELHO P/EX ELIPTICO LIFE FITNESS 95XI, FCBM201961-2 ")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>3.655,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63557", "20342")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63557", " APARELHO P/EX ELIPTICO LIFE FITNESS 95XI, FCBM201960-4 ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>3.655,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63559", "20343")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63559", " APARELHO P/EX ELIPTICO JOHNSON E8000, FCBM209596-3 ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.365,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63558", "20344")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63558", " APARELHO P/EX ELIPTICO LIFE FITNESS 95XI, FCBM201964-7 ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.655,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63209", "20346")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63209", " BANCO SUPINO SENTADO MATRIX G3S13, FCBM 218169-0                 ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63223", "21204")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63223", " APARELHO P/EX REMADA MATRIX G3S34, FCBM  218172-0                 ")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>4.050,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63566", "21214")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63566", "REFLETOR FRESNEL HMI 1200 LTM C/V; BAU P/TRANSP.EQUIPS.TURTLE CASE83X40X33")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>1.170,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63575", "22144")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63575", "213436-5 - MONITOR DE VIDEO 8,5 LCD SONY")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63564", "22145")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63564", " ADAPTADOR PARA LENTES FUJINON ACM21, FCBM286428-2                ")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63563", "22146")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63563", " ADAPTADOR PARA LENTES FUJINON ACM21, FCBM286429-1               ")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63219", "22152")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63219", " APARELHO P/EXERC.ELEV-INVER HAMER GBSHP, FCBM  221726-1           ")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>1.400,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63213", "22153")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63213", " APARELHO P/EXERC.ELEV-INVER HAMER GBCT, FCBM  221722-8            ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63221", "22154")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63221", " APARELHO P/EXE.CADEIRA ADUTORA, FCBM 219828-2            ")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>1.755,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63216", "22155")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63216", " APARELHO P/EXE.CADEIRA EXTENSORA, FCBM 218173-8          ")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>4.300,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63224", "22156")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63224", " APARELHO P/EXEC.CADEIRA ABDUTORA MATRIX, FCBM  219829-1           ")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63208", "22157")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63208", " APARELHO P/EXERC.DESENV.GLUTEO MATRIX, FCBM 218167-3            ")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63218", "22158")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63218", " APARELHO P/EX REMADA MATRIX G3S34, FCBM  218171-1                  ")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>3.850,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63207", "22159")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63207", " APARELHO P/EXERC.DESENV.GLUTEO MATRIX, FCBM 218166-5          ")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>3.800,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>