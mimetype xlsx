--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1819 +269,1595 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63258", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63258", "veja o vídeo!! RETRO ESCAVADEIRA CATERPILLAR, MOD CAT 416D, ANO 2006, COMB. DIESEL, COR AMARELA, NUM DE SÉRIE: CAT0416DLB2D02345 - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63255", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63255", "RETROESCAVADEIRA VALMET 65 I.D. MOD. I.V / ANO 1980; SEM BATERIA; (FALTAM 2 SAPATAS DOS PÉS TRASEIROS,QUE APOIAM NO SOLO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>15.650,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63242", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63242", "EMPILHADEIRA YALE 2 TON, FUNCIONANDO - SEM CILINDRO DE GÁS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>20.280,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64013", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64013", "CARRETA PARA TRATOR METÁLICA DE 2x1.4 MTS; VASCULANTE DE 2 RODAS.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63252", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63252", "PÁ CARREGADEIRA W7; ANO 1971; MOTOR PRECISA DE REPARO; ACOMPANHA MOTOR RESERVA")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>25.450,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64014", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64014", "1 ROÇADEIRA DE 1.4 MT; GIRO LIVRE E 1 SUBSOLADOR DE 3 HASTES; BALDAN - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63249", "038")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63249", "novas fotos GARRA SUCATEIRO MARCA USICAMP - SEM USO ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>79.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63980", "039")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63980", "PENEIRA VIBRATÓRIA MARCA FAÇO 2 metros largura")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63253", "040")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63253", "TRATOR MASSEY FERGUSSON; ANO 1982 - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>28.200,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63256", "041")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63256", "TRATOR VALMET 85 I.D.; ANO 1974; NECESSÁRIO NOVA BATERIA - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>11.850,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63981", "042")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63981", "PENEIRA  3 metrôs  de comprimento  ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63269", "043")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63269", "MASSEY FERGUSON 95 X; ANO 1974; DIREÇÃO HIDRÁULICA E CONTROLE - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>14.800,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>1150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63254", "044")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63254", "TRATOR MASSEY FERGUSSON 296; ANO 1985; COM DIREÇÃO HIDROSTÁTICA; SEM HIDRÁULICO TRASEIRO- FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>21.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63260", "045")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63260", "TRATOR VALMET 360 ANO 1964")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>6.700,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63259", "046")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63259", "COLHEITADEIRA MF 3640 ANO 1985 COM BOCA DE MILHO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64004", "047")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64004", "RENAULT; DUSTER; 2013/2014; PRATA; ALCO./GASOL. - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63232", "051")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63232", "EMPILHADEIRA CLARK 7 TON GLP")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>33.400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63292", "096")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63292", "11 MOTOR WEG aprocimadamente 8 tn  VENDA POR LOTE")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63251", "097")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63251", "MOTOR WEG 500 cv 6 pólos")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63250", "098")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63250", "MOTOR WEG  1.000 cv 6 pólo ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63243", "101")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63243", "USINA DOSADORA COMPLETA  ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63244", "103")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63244", "APROX. 50 TONELADAS DE VIGA - venda por kilo  ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63284", "116")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63284", "32 tonelas TUBOS 3 mts comprimento  X "2" polegada VENDA POR KILO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63285", "117")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63285", "32 tonelas TUBOS 3 mts comprimento  X "2" polegada VENDA POR KILO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63283", "118")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63283", "32 tonelas TUBOS 3 mts comprimento  X "2" polegada VENDA POR KILO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63286", "119")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63286", "32 tonelas TUBOS 3 mts comprimento  X "2" polegada VENDA POR KILO")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63287", "120")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63287", "32 tonelas TUBOS 3 mts comprimento  X "2" polegada VENDA POR KILO")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63288", "121")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63288", "32 tonelas TUBOS 3 mts comprimento  X "2" polegada VENDA POR KILO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63289", "122")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63289", "32 tonelas TUBOS 3 mts comprimento  X "2" polegada VENDA POR KILO")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1,80</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>0.01</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63291", "124")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63291", "71 PAINEL ELÉTRICO (novas fotos)")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63274", "1011")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63274", "2 MÁQUINAS PARA SAPATARIA / SAPATEIRO: BRAQUEADEIRA E POLITRIZ ( COSTURA E POLIMENTO) - REQUER MANUTENÇÃO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63275", "1012")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63275", "1 BALANCEADORA DE PNEUS; MARCA: BALANCER CAR/ SUPER; SERIE EXPORT; FLASH 2000 - FUNCIONANDO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63282", "1016")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63282", "30 BARRAS DE CANO DE ALUMÍNIO DE ENGATE RÁPIDO; 5 POLEGADAS")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63294", "1017")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63294", "1 PLAINA DE HIDRÁULICO DE 2.2M DE LÂMINA E 1 GRADE DE 24 DISCOS")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63273", "1021")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63273", "GRADE ARADORA; 18 DISCOS")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63264", "1028")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63264", "CARRETA ROSSETI ANO 86 PARA 2500KG - ESPARRAMAR CALCARREO")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.350,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63262", "1036")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63262", "CABINE DE CAMINHÃO FORD F600, ANO 1978 ATÉ 1982")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>4.300,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63263", "1037")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63263", "GAIOLA DO CAMINHÃO MERCEDES BENZ COM 6.70 METROS")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63261", "1038")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63261", "SOBRE GUARDA PARA TRANSPORTE DE ANIMAIS, MADEIRA YPE. MEDIDAS: 5,90M (COMPRIMENTO) X 1,90M (ALTURA) X 2,50M (LARGURA)")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63272", "1049")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63272", "2 BATEDEIRA/DEBULHADEIRA DE CEREAIS; MARCA: NOGUEIRA - FUNCIONANDO")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63277", "1050")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63277", "LAVADORA; MARCA: GILBARCO - FALTA MOTOR")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...191 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63278", "1051")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63278", "SERRA TICO TICO PARA FERRO E METAL")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63279", "1052")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63279", "2 ESTUFAS PARA ELETRODOS; MARCA: THERMOSOLDA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63266", "1067")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63266", "MOTOR PERKINS 04 CILINDROS Q 20 B PARA CAMINHONETE D20 BOM ESTADO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63268", "1069")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63268", "DIFERENCIAL DE MERCEDES BENZ 1513, COROA E PINHÃO 7 X 40. FREIO À ÓLEO. 04 PORQUINHO DE DIFERENCIAL TINKEM (FORD OU CHEVROLET)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63265", "1070")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63265", "VÁLVULA ARAVAL")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>30.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63276", "1072")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63276", "2 GELADEIRAS ANTIGAS; MARCA: FRIGIDAIRE - NECESSÁRIO COLOCAR GÁS")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63236", "5005")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63236", " GRUPO GERADOR POLIDIESEL 53 KVA, COM MOTOR PERKINS, FUNCIONANDO - LOT 05")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>19.150,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...15 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63233", "5011")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63233", " GRUPO GERADOR STEMAC 150 KVA, GERADOR WEG 220/380/440 VOLTS, MOTOR SCANIA 112, FUNCIONANDO - LOT 11")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63234", "5014")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63234", " GRUPO GERADOR STEMAC 400 KVA, MOTOR CUMMINS NTA 855, REFORMADO, 0,10 BIG CAM, 380 VOLTS")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63237", "5018")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63237", "GRUPO GERADOR STEMAC 400 KVA, MOTOR CUMMINS NTA 855 REFORMADO 0,10. 220 VOLTS NO ESTADO, PATRIMÔNIO G20-18 - LOT 18")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63238", "5021")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63238", "GRUPO GERADOR CODIMA 60 KVA, NO ESTADO, PATRIMÔNIO G20-21 - LOT 21")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63239", "5023")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63239", "GRUPO GERADOR MOTOREN WERKE 59 KVA, NO ESTADO, PATRIMÔNIO G20-23 - LOT 23")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63240", "5052")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63240", "GERADOR DE ENERGIA 110/220 4KVA")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
-[...100 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...1278 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63235", "5053")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63235", "GRUPO GERADOR PALMERO 1.000 KVA")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63241", "5108")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63241", "GERADOR 125KVA MOTOR DIESEL ")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>