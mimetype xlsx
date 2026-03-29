--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6969", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6969", " Caminhão VW - 17.250E ANO: 2009/2009 PLACA: ELP1239 TOCO TRANS.: Aut.  Equip.: FACCHINI CF 1000 15 m³ PREFIXO: 209118 RENAVAM: 164107142 CHASSI: 9BWCN82T19R930170")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6970", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6970", " Caminhão VW - 17.250E ANO: 2010/2010 PLACA: KWV3640 TOCO TRANS.: AT Equip.: SEM EQUIPAMENTO  (USIMECA BETA - 15 m³) PREFIXO: 210006 RENAVAM: 203605705 CHASSI: 9533N82T1AR028404")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6972", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6972", " Caminhão VW - 17.250E ANO: 2009/2009 PLACA: EJL2151 TOCO TRANS.: Mec Equip.: SEM EQUIPAMENTO (FACCHINI CF 1000 15 m³) PREFIXO: 209031 RENAVAM: 153000724 CHASSI: 9BWCN82T09R935781")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6971", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6971", " Caminhão VW - 17.250E ANO: 2010/2010 PLACA: LPO7324 TOCO TRANS.: AT Equip.: USIMECA BETA - 15 m³ PREFIXO: 210008 RENAVAM: 203608577 CHASSI: 9533N82T0AR028832")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>27.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6973", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6973", " Caminhão MERCEDES 915C ANO: 2006/206 PLACA: IND5507 TOCO TRANS.: Mec Equip.: SEM EQUIPAMENTO  (PLANALTO AGILIX 6.000) PREFIXO: 206007 RENAVAM: 886297362 CHASSI: 9BM9790466B470212")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6974", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6974", " Caminhão VW - 17.250E ANO: 2011/2012 PLACA: ISP2575 TOCO TRANS.: AT Equip.: SEM EQUIPAMENTO  (USIMECA BRUTUS - 20YD³ C/ DI ) PREFIXO: 211067 RENAVAM: 404332374 CHASSI: 9533N82T9CR212671")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6975", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6975", "  Equip.: USIMECA BRUTUS - 20YD³ C/ DI ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6976", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6976", " Caminhão VOLKSWAGEN 17.250E ANO: 2010/2010 PLACA: LPS5073 TRUCADO TRANS.: Mec Equip.: USIMECA BRAVO - 25 PREFIXO: 210028 CHASSI: 9533N82T3AR027965")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6977", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6977", " Caminhão VW - 17.250E ANO: 2010/2010 PLACA: LLH8572 TRUCADO TRANS.: Mec Equip.: USIMECA BRAVO - 25 PREFIXO: 210027 CHASSI: 9533N82T6AR027815")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>42.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6978", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6978", " Caminhão VW - 17.250E ANO: 2008/2008 PLACA: ECT0852 TRUCADO TRANS.: Mec Equip.: USIMECA BRUTUS - 25 AR PREFIXO: 208044 CHASSI: 9BWCN82T28R841321")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6979", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6979", " Caminhão VW - 17.250E ANO: 2008/2008 PLACA: ECT0871 TRUCADO TRANS.: Mec Equip.: USIMECA BRUTUS - 25 AR PREFIXO: 208048 CHASSI: 9BWCN82T38R844731")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6980", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6980", " Caminhão VW - 17.250E ANO: 2008/2008 PLACA: ECT0858 TRUCADO TRANS.: Mec Equip.: USIMECA BRUTUS - 25 AR PREFIXO: 208043 CHASSI: 9BWCN82T38R844986")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6981", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6981", " Caminhão VW - 17.250E ANO: 2011 PLACA: KOW6052 TRUCADO TRANS.: Mec Equip.: USIMECA BRUTUS - 25M3 PREFIXO: 211181 CHASSI: 9533N82TTXBR151703")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6983", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6983", " Caminhão VW - 17.250E ANO: 2011 PLACA: KOW6063 TRUCADO TRANS.: Mec Equip.: USIMECA BRUTUS - 25M3 PREFIXO: 211182 CHASSI: 9533N82TTXBR151796")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>106</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>72.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6982", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6982", " Caminhão VW - 17.250E ANO: 2011 PLACA: LQX4214 TRUCADO PREFIXO: 211184 CABINE TROCADA/ANO DA CABINE 07/07 CHASSI: 9533N82T4BR151938 ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6985", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6985", " Caminhão VW - 17.220 ANO: 2008/2008 PLACA: KRB6053 TOCO TRANS.: Mec Equip.: GRIMALDI POLIGUINDASTE DUPLO 10 T PREFIXO: 208094 CHASSI: 9BWC782T49R910389")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>59.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6984", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6984", " Caminhão FIAT DUCATO CARGO 12 m³ ANO: 2010/2010 PLACA: LPP7295 TRANS.: Mec PREFIXO: 210018 CHASSI: 93W245G34B2055534")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6986", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6986", " Caminhão VW - 17.250E ANO: 2008/2008 PLACA: ECT0861 TRUCADO TRANS.: Mec Equip.: EQUITRAN - CH-20 PREFIXO: 208071 RENAVAM: 985627565 CHASSI: 9BWCN82T48R849291")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>38.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6987", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6987", " Caminhão VW - 24.220 ANO: 2008/2009 PLACA: ECT0874 TRUCADO TRANS.: Mec Equip.: GRIMALDI POLIGUINDASTE TRIPLO PREFIXO: 208097 RENAVAM: 122997875 CHASSI: 9BW3782T39R921769")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>93</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>74.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6989", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6989", " Caminhão VW - 24.220 ANO: 2009/2010 PLACA: EFU9804 TRUCADO TRANS.: Mec Equip.: IMAVI EQUIP HIDRÁULICO ROLL ON/OFF G25 PREFIXO: 209160 RENAVAM: 195869559 CHASSI: 9533782T0AR016755")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...464 lines deleted...]
-      <c r="A27" s="5" t="inlineStr">
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>91</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>75.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6988", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6988", " Caminhão MercedeS 1714K ANO: 1994/1994 PLACA: JLY2942 TOCO TRANS.: Mec Equip.: EQUIPAMENTO LIMPA FOSSA PREFIXO: 194000 CHASSI: 9BM682183RB043534")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
-      <c r="B27" s="4" t="inlineStr">
-[...141 lines deleted...]
-      </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>10.750,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7009", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7009", "Caminhão VW 17.250E ANO: 2011/2011 PLACA: KOW6051 TRUCADO Trans.: MEC EQUIP.: COMPACTADOR USIMECA PREFIXO: 211180 RENAVAM: 478712669 CHASSI:9533N82TXBR151927")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>106</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>72.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>