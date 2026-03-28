--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63959", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63959", " 2 GERADORES DE SOLDA BAMBOZZI, MODELO: TN6 B56, 370 A. OBS.: NECESSITA REPAROS NO ESTADO. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63960", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63960", " 2 GERADORES DE SOLDA BAMBOZZI, MODELO: TN6 B56, 370 A. OBS.: NECESSITA REPAROS NO ESTADO. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63977", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63977", " 3 GERADORES DE SOLDA BAMBOZZI, MODELO: TN6 B56, 370 A. OBS.: NECESSITA REPAROS NO ESTADO. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63961", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63961", " RETIFICADOR DE SOLDA BAMBOZZI MOD. TRR 3050 NO ESTADO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63973", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63973", " 13 LUMINÁRIAS NO ESTADO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63971", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63971", " CARRETA DISTRIBUIDORA DE TORTA, ANO: 2000, C/ UNIDADE HIDRÁULICA; OBS.: SEM PNEUS NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63972", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63972", " CARRETA HÍBRIDO. OBS.: SEM PNEUS NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63978", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63978", " CARRETA HÍBRIDO. OBS.: SEM PNEUS NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63979", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63979", " CARRETA HÍBRIDO. OBS.: SEM PNEUS NO ESTADO. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63967", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63967", " CARRETA HÍBRIDO. OBS.: SEM PNEUS NO ESTADO. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63975", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63975", " CARRETA HÍBRIDO. OBS.: SEM PNEUS NO ESTADO. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63969", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63969", " CARRETA HÍBRIDO. OBS.: SEM PNEUS NO ESTADO. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63976", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63976", " CARRETA HÍBRIDO. OBS.: SEM PNEUS NO ESTADO. ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63963", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63963", " CARRETA HÍBRIDO. OBS.: SEM PNEUS NO ESTADO. ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63970", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63970", " SUCATA DE CARRETA HÍBRIDO NO ESTADO. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63974", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63974", " SUCATA DE CARRETA HÍBRIDO NO ESTADO. ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.400,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63965", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63965", " REBOQUE TECTRAN, ANO: 1995, PL.: BZE-2485, CH.: 9EMZ08020SM001034, RENAVAM: 634117777. OBS.: SEM PNEUS NO ESTADO. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63966", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63966", " CARRETA COMBOIO NO ESTADO. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63962", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63962", " PEÇAS DIVERSAS P/ COLHEDORA CASE 7700 NO ESTADO. CONF. RELAÇÃO ANEXO.  ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63968", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63968", " PEÇAS DIVERSAS P/ TRUCK NO ESTADO. CONF. RELAÇÃO ANEXO.  ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...356 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...158 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63964", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63964", " PEÇAS DIVERSAS (HIDRÁULICA) NO ESTADO. CONF. RELAÇÃO ANEXO.  ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>