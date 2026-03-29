--- v0 (2026-02-11)
+++ v1 (2026-03-29)
@@ -269,731 +269,643 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63984", "004")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63984", "veja o vídeo!!! ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 103 - FUNCIONANDO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>24.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64913", "008")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64913", "I/VW; PASSAT VAR 2.0T FSI; 2008/2009; PRETA; GASOLINA; POSSUI 86.000KM- FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63986", "009")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63986", " FIAT; PALIO WEEKEND ATTRATIVE 2016/2017 PRATA ALCO./GASOL. FROTA 118")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>19.100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63988", "010")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63988", "I BMW; X5 4.8 FE81; 2007/2007; PRETA; GASOLINA; 7 LUGARES - FUNCIONANDO; IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>36.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63985", "011")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63985", " FIAT; PALIO WEEKEND ATTRATIVE 2016/2017 PRATA ALCO./GASOL. - FROTA 807")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>19.100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64776", "013")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64776", "veja o vídeo - VW; SAVEIRO CS TL MB; 2014/2015; PRETA; ALCOL./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64775", "014")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64775", "HONDA; FIT EX CVT; 2016/2017; BRANCA; ALCO./GASOL. - FUNCIONANDO - IPVA 2020 PAGO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>37.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64911", "016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64911", "veja o vídeo! VW; KOMBI FURGÃO; 1992/1992; CINZA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63995", "020")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63995", "veja o vídeo!!! CAMINHÃO GM; CHEVR. 12000 CUSTOM; 1991/1991; AZUL; GASOLINA - FUNCIONANDO - MUNCK E PLARAFORMA")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>43.250,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63996", "021")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63996", "PALIO WEEKEND ADVENTURE, 2014/2015, PRATA, FLEX - FROTA 449")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63992", "025")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63992", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63997", "030")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63997", "FIAT; PALIO WK TREKK 1.6; 2013/2014; PRATA; ALCO./GASOL. - FROTA G54 ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>14.900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63998", "031")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63998", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL. - FROTA 470")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63999", "032")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63999", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA ; ALCO./GASOL.- FROTA 600")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64000", "033")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64000", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL. - FROTA 240")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>20.250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64001", "034")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64001", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL.- FROTA 520")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64002", "035")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64002", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL. - FROTA 630")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>22.150,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63993", "040")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63993", "veja o vídeo! ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 603 - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...57 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63994", "041")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63994", "PALIO WEEKEND ADVENTURE, 2014/2015, PRATA, FLEX - FUNCIONANDO - FROTA 650")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>24.150,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...57 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63989", "072")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63989", "VW GOL 1.0 GIV; 2009/2010; PRATA; ALCO./GASOL - (LOTE SUCATA)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...463 lines deleted...]
-      <c r="D30" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63990", "073")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63990", "VW GOL 1.0 GIV; 2010/2010; PRATA; ALCO./GASOL - (LOTE SUCATA)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E30" s="5" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63991", "074")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/63991", "VW GOL 1.0 GIV; 2010/2010; PRATA; ALCO./GASOL - (LOTE SUCATA)")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>