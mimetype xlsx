--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64047", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64047", " PÁ CARREGADEIRA, MARCA HYUNDAI, MODELO HL770-7A, ANO 2013, SÉRIE HHIHLB04TC0001857 (NO ESTADO)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64043", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64043", " PÁ CARREGADEIRA, MARCA HYUNDAI, MODELO HL770-7A, ANO 2013, SÉRIE HHKHLB04KC0001965 (NO ESTADO)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64044", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64044", " PÁ CARREGADEIRA, MARCA HYUNDAI, MODELO HL770-7A, ANO 2013, SÉRIE HHKHLB04AC0001969 (NO ESTADO)")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64048", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64048", " PÁ CARREGADEIRA, MARCA HYUNDAI, MODELO HL770-7A, ANO 2013, SÉRIE HHKHLB04PC0001981 (NO ESTADO)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>51.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64046", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64046", " ESCAVADEIRA DE ESTEIRA, MARCA HYUNDAI, MODELO R380LC-9SH, ANO 2015, HORÍMETRO 8075 HORAS, SÉRIE: HHKHZA04VD0000362 (NO ESTADO)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...126 lines deleted...]
-      </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64042", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64042", " ESCAVADEIRA DE ESTEIRA, MARCA HYUNDAI, MODELO R380LC-9SH, ANO 2015, HORÍMETRO 7694 HORAS, SÉRIE: HHKHZA04LD0000378 (NO ESTADO)")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>168.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64045", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/64045", " PÁ CARREGADEIRA, MARCA HYUNDAI, MODELO HL780-7A, ANO 2013, HORÍMETRO: 4508, SÉRIE: HHKHLH04ED0000684  (NO ESTADO)")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>100.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>