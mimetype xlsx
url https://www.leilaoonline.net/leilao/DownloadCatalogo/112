--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6564", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6564", " Lote com: 4 Armários e APROX.  58  unid. CADEIRA EM COURVIM E EM TECIDO  DIVS.  PATRIMÔNIO: 102367;102542;103845;104001 e divs, das cadeiras. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6566", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6566", " Lote com: 2 CATRACAS C/CONTROLE DE ACESSO ELETRONICO PATRIMÔNIO: 470;584")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6563", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6563", " Lote com: Lote com: 1 VENTILADOR  QUALITAS ; 3 ARQUIVOS; 1 ASPIRADOR  KARCHER ; 1 BANHO MARIA BIOMATIC; 1 BEBEDOURO LATINA; 1 ESTANTE EM ACO ; 1 BEBEDOURO  MARRERY; 1 GAVETEIRO  PATRIMÔNIO: 103201;102543;102562;103177;103767;103835;104133;104005;103843;102543")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6565", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6565", " Lote com: 8 MESAS TAMANHOS DIVERSOS PATRIMÔNIO: 102316;102448;102446;103282;103873;103970;103338;102445")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6567", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6567", " Lote com: 2 AQUECEDORES KOMECO; 1 TANQUE DE EXPANSÃO CIM PATRIMÔNIO: 103817;103.818;102.224")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6568", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6568", " Lote com: 2 BALANÇAS ELETRÔNICAS ISHIDA E TOLEDO PATRIMÔNIO: 102108;102118")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6569", "018")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6569", " Lote com: PRENSA HIDRAULICA MARCA HIMAPEL CAP. 150 T PATRIMÔNIO: 102,129")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6580", "019")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6580", " Lote com: 2 SILO EM INOX FUNDO CONICO 1500L; 1 SILO EM AÇO CARBONO FUNDO PIRAMIDAL; 1 TANQUE AÇO INOX PATRIMÔNIO: 102113;102115;102699;103897")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6570", "023")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6570", " Lote com: VARREDORA DE PISO MARCA KARCHER MOD. KM70/30C PATRIMÔNIO: 102,686")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6571", "028")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6571", " Lote com: MAQUINA CENTRIFUGA CLARIFICADORA AUTOLIMPANTE tipo freedom, modelo ca71p ano 2000  PATRIMÔNIO: 104754")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6574", "031")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6574", " Lote com:  01 RESERVATÓRIO DE AR  PATRIMÔNIO: 108054")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6572", "033")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6572", " Lote com: 1 RADIADOR PARA RESFRIAMENTO DE AR ECOAIR; 1 TRITURADOR PARA CIDREIRA PATRIMÔNIO: 108056;108007")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6573", "034")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6573", " Lote com: 1 VARREDEIRA DE PISO CERTEC VC50 PATRIMÔNIO: 104274")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6583", "040")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6583", " Lote com: 01 CARRO HIDRAULICO PORTA PALLET CAP. 2000 KG, ANO: 2006 PATRIMÔNIO: 108,028")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6576", "046")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6576", " Lote com: 1 LAVADORA DE PISO PLATAFORMA; 1 TANQUE CILINDRICO VERTICAL EM AÇO INOX PATRIMÔNIO: 104740;104848")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6581", "047")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6581", " Lote com: 2 TRANSFORMADOR DE SOLDA EUTETIC; 1 MAQUINA DE SOLDA EUTETIC PATRIMÔNIO: 104748;104729;104748")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6575", "049")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6575", " Lote com: 2 EXTRATOR DE CONCENTRADO CONGELADO EM AÇO INOX PATRIMÔNIO: 112040;112041")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>5000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6577", "050")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6577", " Lote com: APROX. 210 TELEFONES CISCO, DIVERSOS MODELOS. ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6579", "051")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6579", "APROX. 209 CADEIRAS GIRATÓRIAS. DIVERSAS MARCAS E MODELOS")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>7.800,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6582", "055")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6582", "Lote com 557 lâmpadas, sendo: 228(20W); 189(40W); 140(400W)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...606 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6600", "056")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6600", "Estrutura Porta Pallets: Aprox. 240 montantes de drive-in com 10m de altura. E pórticos para carregamento de veículos")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>